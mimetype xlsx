--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/battery</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:26:47</t>
+    <t>22-Nov-2025 00:38:10</t>
   </si>
   <si>
     <t>LR44 Coin Type 1.5V Battery Maxell</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6464</t>
   </si>
   <si>
     <t>CR2032 Battery</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3842</t>
   </si>
   <si>
     <t>12V Battery 23AE 23A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4402</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">