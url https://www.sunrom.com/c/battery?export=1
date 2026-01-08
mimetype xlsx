--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/battery</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 00:38:10</t>
+    <t>08-Jan-2026 21:30:07</t>
   </si>
   <si>
     <t>LR44 Coin Type 1.5V Battery Maxell</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6464</t>
   </si>
   <si>
     <t>CR2032 Battery</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3842</t>
   </si>
   <si>
     <t>12V Battery 23AE 23A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4402</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">