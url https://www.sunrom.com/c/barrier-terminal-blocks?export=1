--- v0 (2025-11-01)
+++ v1 (2026-01-28)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/barrier-terminal-blocks</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>01-Nov-2025 17:01:30</t>
+    <t>28-Jan-2026 14:47:02</t>
   </si>
   <si>
     <t>2P 7.62mm 300V 20A Barrier Terminal Block Screw M3</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7879</t>
   </si>
   <si>
     <t>3P 7.62mm 300V 20A Barrier Terminal Block Screw M3</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7880</t>
   </si>
   <si>
     <t>4P 7.62mm 300V 20A Barrier Terminal Block Screw M3</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7881</t>
   </si>
   <si>
     <t>2P 8.25mm 300V 20A Barrier Terminal Block Screw M3</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7882</t>
   </si>