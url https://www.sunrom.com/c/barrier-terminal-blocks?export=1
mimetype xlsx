--- v1 (2026-01-28)
+++ v2 (2026-03-16)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/barrier-terminal-blocks</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Jan-2026 14:47:02</t>
+    <t>16-Mar-2026 06:32:36</t>
   </si>
   <si>
     <t>2P 7.62mm 300V 20A Barrier Terminal Block Screw M3</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7879</t>
   </si>
   <si>
     <t>3P 7.62mm 300V 20A Barrier Terminal Block Screw M3</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7880</t>
   </si>
   <si>
     <t>4P 7.62mm 300V 20A Barrier Terminal Block Screw M3</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7881</t>
   </si>
   <si>
     <t>2P 8.25mm 300V 20A Barrier Terminal Block Screw M3</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7882</t>
   </si>