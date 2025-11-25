--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/barcode</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>11-Oct-2025 05:35:19</t>
+    <t>25-Nov-2025 10:23:36</t>
   </si>
   <si>
     <t>GM65 + Interface Board 1D/QR/2D Bar Code Scanner QR Code Reader</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6176</t>
   </si>
   <si>
     <t>GM66 Mounting Plate and 2x Screws M3x30</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6178</t>
   </si>
   <si>
     <t>GM66 Enclosure 1D/QR/2D Bar Code Scanner QR Code Reader</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6177</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -486,79 +486,79 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>6176</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>4543.0</v>
+        <v>2500.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>6178</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>77.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>6177</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
-        <v>5045.0</v>
+        <v>2700.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>