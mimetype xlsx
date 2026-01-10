--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/barcode</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>25-Nov-2025 10:23:36</t>
+    <t>10-Jan-2026 06:23:15</t>
   </si>
   <si>
     <t>GM65 + Interface Board 1D/QR/2D Bar Code Scanner QR Code Reader</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6176</t>
   </si>
   <si>
     <t>GM66 Mounting Plate and 2x Screws M3x30</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6178</t>
   </si>
   <si>
     <t>GM66 Enclosure 1D/QR/2D Bar Code Scanner QR Code Reader</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6177</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">