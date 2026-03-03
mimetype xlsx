--- v2 (2026-01-10)
+++ v3 (2026-03-03)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/barcode</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>10-Jan-2026 06:23:15</t>
+    <t>04-Mar-2026 05:25:54</t>
   </si>
   <si>
     <t>GM65 + Interface Board 1D/QR/2D Bar Code Scanner QR Code Reader</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6176</t>
   </si>
   <si>
     <t>GM66 Mounting Plate and 2x Screws M3x30</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6178</t>
   </si>
   <si>
     <t>GM66 Enclosure 1D/QR/2D Bar Code Scanner QR Code Reader</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6177</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">