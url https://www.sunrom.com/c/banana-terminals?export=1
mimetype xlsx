--- v0 (2025-10-04)
+++ v1 (2025-11-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/banana-terminals</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:09:49</t>
+    <t>22-Nov-2025 15:39:24</t>
   </si>
   <si>
     <t>Red Banana Plug 4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5957</t>
   </si>
   <si>
     <t>Black Banana Plug 4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5958</t>
   </si>
   <si>
     <t>Red Banana Socket 4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5959</t>
   </si>
   <si>
     <t>Black Banana Socket 4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5960</t>
   </si>