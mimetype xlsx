--- v1 (2025-11-22)
+++ v2 (2026-03-17)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/banana-terminals</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 15:39:24</t>
+    <t>17-Mar-2026 22:53:33</t>
   </si>
   <si>
     <t>Red Banana Plug 4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5957</t>
   </si>
   <si>
     <t>Black Banana Plug 4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5958</t>
   </si>
   <si>
     <t>Red Banana Socket 4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5959</t>
   </si>
   <si>
     <t>Black Banana Socket 4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5960</t>
   </si>