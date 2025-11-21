--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/b2b-board-to-board</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:11:26</t>
+    <t>21-Nov-2025 06:27:33</t>
   </si>
   <si>
     <t>B2B 1.27 2*5P=10P Male Board to Board Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7720</t>
   </si>
   <si>
     <t>B2B 1.27 2*10P=20P Male Board to Board Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7721</t>
   </si>
   <si>
     <t>B2B 1.27 2*15P=30P Male Board to Board Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7722</t>
   </si>
   <si>
     <t>B2B 1.27 2*20P=40P Male Board to Board Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7723</t>
   </si>