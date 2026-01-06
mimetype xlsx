--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/b2b-board-to-board</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:27:33</t>
+    <t>06-Jan-2026 09:21:02</t>
   </si>
   <si>
     <t>B2B 1.27 2*5P=10P Male Board to Board Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7720</t>
   </si>
   <si>
     <t>B2B 1.27 2*10P=20P Male Board to Board Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7721</t>
   </si>
   <si>
     <t>B2B 1.27 2*15P=30P Male Board to Board Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7722</t>
   </si>
   <si>
     <t>B2B 1.27 2*20P=40P Male Board to Board Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7723</t>
   </si>