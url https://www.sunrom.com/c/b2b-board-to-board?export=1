--- v2 (2026-01-06)
+++ v3 (2026-03-13)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/b2b-board-to-board</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>06-Jan-2026 09:21:02</t>
+    <t>13-Mar-2026 13:42:29</t>
   </si>
   <si>
     <t>B2B 1.27 2*5P=10P Male Board to Board Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7720</t>
   </si>
   <si>
     <t>B2B 1.27 2*10P=20P Male Board to Board Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7721</t>
   </si>
   <si>
     <t>B2B 1.27 2*15P=30P Male Board to Board Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7722</t>
   </si>
   <si>
     <t>B2B 1.27 2*20P=40P Male Board to Board Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7723</t>
   </si>