--- v0 (2025-11-04)
+++ v1 (2026-01-30)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/audio</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:35:01</t>
+    <t>30-Jan-2026 09:41:14</t>
   </si>
   <si>
     <t>XPT8871 SOIC8 5W mono audio amplifier IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7079</t>
   </si>
   <si>
     <t>TDA2822 - SMD SOIC8</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4769</t>
   </si>
   <si>
     <t>MD8002A - SOIC8</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4941</t>
   </si>
   <si>
     <t>PAM8403 - SOIC16</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4943</t>
   </si>