--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/audio</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>30-Jan-2026 09:41:14</t>
+    <t>18-Mar-2026 21:26:14</t>
   </si>
   <si>
     <t>XPT8871 SOIC8 5W mono audio amplifier IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7079</t>
   </si>
   <si>
     <t>TDA2822 - SMD SOIC8</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4769</t>
   </si>
   <si>
     <t>MD8002A - SOIC8</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4941</t>
   </si>
   <si>
     <t>PAM8403 - SOIC16</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4943</t>
   </si>