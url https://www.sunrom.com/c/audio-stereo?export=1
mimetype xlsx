--- v0 (2025-10-04)
+++ v1 (2026-01-06)
@@ -14,86 +14,92 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/audio-stereo</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:26:47</t>
+    <t>07-Jan-2026 02:56:50</t>
   </si>
   <si>
     <t>Audio Socket 3.5mm 5P Vertical</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7671</t>
   </si>
   <si>
     <t>Headphone 6.35mm 1/4" 3 pin Stereo Audio Socket Panel Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7670</t>
+  </si>
+  <si>
+    <t>Headphone 6.35mm 1/4" 3 pin Stereo Audio Socket without Nut</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8084</t>
   </si>
   <si>
     <t>Stereo Socket 3.5mm 6P SMD Height 4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7491</t>
   </si>
   <si>
     <t>Stereo Socket 3.5mm 6P SMD Height 4.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7492</t>
   </si>
   <si>
     <t>Stereo Socket 3.5mm 6P SMD PCB Mid Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7493</t>
   </si>
   <si>
     <t>Stereo Socket 2.5mm 6P SMD</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7494</t>
   </si>
@@ -623,63 +629,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/audio-stereo" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7671" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7670" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7491" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7492" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7493" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7494" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7490" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7488" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7489" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7478" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7475" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7476" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7477" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7479" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7480" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7481" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7482" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7483" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7484" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7485" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7486" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7487" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7472" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7473" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7460" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7471" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7474" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7462" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7463" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6413" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5541" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5542" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5543" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5544" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5545" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3986" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/audio-stereo" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7671" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7670" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8084" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7491" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7492" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7493" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7494" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7490" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7488" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7489" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7478" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7475" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7476" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7477" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7479" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7480" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7481" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7482" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7483" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7484" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7485" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7486" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7487" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7472" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7473" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7460" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7471" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7474" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7462" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7463" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6413" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5541" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5542" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5543" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5544" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5545" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3986" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D39" sqref="D39"/>
+      <selection activeCell="D40" sqref="D40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
@@ -706,563 +712,578 @@
         <v>8</v>
       </c>
       <c r="C4" s="5">
         <v>22.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>7670</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>55.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
-        <v>7491</v>
+        <v>8084</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
-        <v>18.0</v>
+        <v>48.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
-        <v>7492</v>
+        <v>7491</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
         <v>18.0</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
-        <v>7493</v>
+        <v>7492</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>25.0</v>
+        <v>18.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
-        <v>7494</v>
+        <v>7493</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
-        <v>22.0</v>
+        <v>25.0</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
-        <v>7490</v>
+        <v>7494</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
-        <v>18.0</v>
+        <v>22.0</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
-        <v>7488</v>
+        <v>7490</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
-        <v>7489</v>
+        <v>7488</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
-        <v>30.0</v>
+        <v>20.0</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
-        <v>7478</v>
+        <v>7489</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>15.0</v>
+        <v>30.0</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
-        <v>7475</v>
+        <v>7478</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
-        <v>7476</v>
+        <v>7475</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
         <v>18.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
-        <v>7477</v>
+        <v>7476</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
         <v>18.0</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
-        <v>7479</v>
+        <v>7477</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
         <v>18.0</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
-        <v>7480</v>
+        <v>7479</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5">
         <v>18.0</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
-        <v>7481</v>
+        <v>7480</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
         <v>18.0</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
-        <v>7482</v>
+        <v>7481</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="5">
         <v>18.0</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="3">
-        <v>7483</v>
+        <v>7482</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="5">
         <v>18.0</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="3">
-        <v>7484</v>
+        <v>7483</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="5">
         <v>18.0</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3">
-        <v>7485</v>
+        <v>7484</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="5">
         <v>18.0</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="3">
-        <v>7486</v>
+        <v>7485</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="5">
         <v>18.0</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3">
-        <v>7487</v>
+        <v>7486</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="5">
-        <v>19.0</v>
+        <v>18.0</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
-        <v>7472</v>
+        <v>7487</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
-        <v>15.0</v>
+        <v>19.0</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
-        <v>7473</v>
+        <v>7472</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
-        <v>7460</v>
+        <v>7473</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>45.0</v>
+        <v>18.0</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
-        <v>7471</v>
+        <v>7460</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
-        <v>35.0</v>
+        <v>45.0</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
-        <v>7474</v>
+        <v>7471</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="5">
-        <v>15.0</v>
+        <v>35.0</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="3">
-        <v>7462</v>
+        <v>7474</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="5">
-        <v>11.25</v>
+        <v>15.0</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3">
-        <v>7463</v>
+        <v>7462</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="5">
         <v>11.25</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3">
-        <v>6413</v>
+        <v>7463</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="5">
-        <v>15.0</v>
+        <v>11.25</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
-        <v>5541</v>
+        <v>6413</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
         <v>15.0</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
-        <v>5542</v>
+        <v>5541</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
-        <v>8.0</v>
+        <v>15.0</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
-        <v>5543</v>
+        <v>5542</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3">
-        <v>5544</v>
+        <v>5543</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="5">
-        <v>14.16</v>
+        <v>10.0</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="3">
-        <v>5545</v>
+        <v>5544</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="5">
-        <v>24.0</v>
+        <v>14.16</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3">
-        <v>3986</v>
+        <v>5545</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="5">
-        <v>9.25</v>
+        <v>24.0</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>79</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" s="3">
+        <v>3986</v>
+      </c>
+      <c r="B40" t="s">
+        <v>80</v>
+      </c>
+      <c r="C40" s="5">
+        <v>9.25</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="D24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="D25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="D26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="D27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="D28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="D29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="D30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="D31" r:id="rId_hyperlink_29"/>
     <hyperlink ref="D32" r:id="rId_hyperlink_30"/>
     <hyperlink ref="D33" r:id="rId_hyperlink_31"/>
     <hyperlink ref="D34" r:id="rId_hyperlink_32"/>
     <hyperlink ref="D35" r:id="rId_hyperlink_33"/>
     <hyperlink ref="D36" r:id="rId_hyperlink_34"/>
     <hyperlink ref="D37" r:id="rId_hyperlink_35"/>
     <hyperlink ref="D38" r:id="rId_hyperlink_36"/>
     <hyperlink ref="D39" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="D40" r:id="rId_hyperlink_38"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>