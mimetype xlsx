--- v0 (2025-10-27)
+++ v1 (2026-01-25)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/adapter-pcbs?page=3&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>27-Oct-2025 21:08:56</t>
+    <t>25-Jan-2026 21:14:39</t>
   </si>
   <si>
     <t>Adapter for SOIC8 1.27mm to DIP8 2.54mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6505</t>
   </si>
   <si>
     <t>PCB Ruler for Quick SMD Footprint &amp; Dimensions Query</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5405</t>
   </si>
   <si>
     <t>QFN44 0.5mm SMD Adapter PCB</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5452</t>
   </si>
   <si>
     <t>FPC FFC 30p 28p 26p 24p 22p 0.5mm SMD Adapter PCB</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5453</t>
   </si>
@@ -806,51 +806,51 @@
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>6505</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
         <v>120.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>5405</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
-        <v>336.0</v>
+        <v>199.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>5452</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
         <v>59.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>5453</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
@@ -1352,51 +1352,51 @@
         <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3">
         <v>4745</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="5">
         <v>30.0</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="3">
         <v>4667</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="5">
-        <v>224.0</v>
+        <v>145.0</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3">
         <v>4654</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="5">
         <v>14.16</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
         <v>4658</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>