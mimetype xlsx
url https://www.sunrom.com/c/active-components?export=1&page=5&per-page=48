--- v0 (2025-10-17)
+++ v1 (2025-12-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="594">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/active-components?page=5&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>17-Oct-2025 12:52:33</t>
+    <t>06-Dec-2025 20:32:24</t>
   </si>
   <si>
     <t>STM32F030C8T6 LQFP48 ARM Cortex M0 MCU 64kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7220</t>
   </si>
   <si>
     <t>STM32F030C6T6 LQFP48 ARM Cortex M0 MCU 32kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7221</t>
   </si>
   <si>
     <t>STM32F030F4P6 TSSOP20 ARM Cortex M0 MCU 16kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7222</t>
   </si>
   <si>
     <t>STM32F103RCT6 LQFP64 ARM Cortex M 32bit MCU 256kB 72Mhz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7223</t>
   </si>
@@ -370,51 +370,51 @@
   <si>
     <t>W79E2051 DIP20 Nuvoton</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6361</t>
   </si>
   <si>
     <t>IRF7103 - IRF7103TRPBF Dual N-Channel MOSFET 3A@50V SOIC8</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5921</t>
   </si>
   <si>
     <t>W25Q16JVSSIQ - 2MB SPI Flash</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5922</t>
   </si>
   <si>
     <t>4N60 (4A 600V) TO252 (DPAK) N-CH MOSFET</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7165</t>
   </si>
   <si>
-    <t>ILX3232DT SOIC16 SMD RS232 Driver VCC 3.3~5V (Equivalent MAX3232)</t>
+    <t>ILX3232DT SOIC16 SMD RS232 Driver VCC 3.3~5V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5918</t>
   </si>
   <si>
     <t>W78E052 Nuvoton W78E052DDG DIP40 8051</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7117</t>
   </si>
   <si>
     <t>ILX232DT SOIC16 SMD RS232 Driver VCC 5V (Equivalent MAX232)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7089</t>
   </si>
   <si>
     <t>MAX7219 MAX7219EWG SOIC24</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4620</t>
   </si>
   <si>
     <t xml:space="preserve">LM39302R HTC TO263 - Adjustable 3A Low-Voltage Low-Dropout Regulator </t>
   </si>
@@ -628,56 +628,50 @@
   <si>
     <t>FQD50N06 (50A 60V 50N06) TO252 N-CH MOSFET</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6679</t>
   </si>
   <si>
     <t>IRFR5305TRPBF (31A 55V) IRFR5305 TO252 P-CH MOSFET</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6680</t>
   </si>
   <si>
     <t>2SD882M 2SD882 D882M  (3A 30V) TO252 NPN Transistor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6681</t>
   </si>
   <si>
     <t>AOD452A (25V 55A D452A) TO252 N-CH MOSFET</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6682</t>
   </si>
   <si>
-    <t>MG82F6D17 Megawin MG82F6D17AE20 DIP20</t>
-[...4 lines deleted...]
-  <si>
     <t>MG87FE52 Megawin MG87FE52AE40 DIP40</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6624</t>
   </si>
   <si>
     <t>MG82G5E32 Megawin MG82G5E32AD48 LQFP48 IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6622</t>
   </si>
   <si>
     <t>MG82F6D32 Megawin MG82F6D32AD32 LQFP32 IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6621</t>
   </si>
   <si>
     <t>HT1632C LQFP48 7x7mm Pitch 0.5mm LED Matrix Driver Holtek</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6630</t>
   </si>
   <si>
     <t>MA112 Megawin MA112AS16 SOP16/SOIC16 USB-UART Chip</t>
@@ -962,50 +956,56 @@
     <t>https://www.sunrom.com/m/5378</t>
   </si>
   <si>
     <t>FMMT718TA 718 SOT23 PNP transistor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5383</t>
   </si>
   <si>
     <t>SI2308 A8SHB SOT23 N-CH MOSFET</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5385</t>
   </si>
   <si>
     <t>1SV215 - ISV215 - T2 - SOD323 (0805) Varactor Diode</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6249</t>
   </si>
   <si>
     <t>XL6005 - XL6005E1 -TO252 - Step-Up DC Power Converter IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5379</t>
+  </si>
+  <si>
+    <t>N76E003 - N76E003AT20 - Nuvoton - TSSOP20 - 1T-8051 - 16MHz - 12 bit ADC - 2x UART</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5375</t>
   </si>
   <si>
     <t>STM32F105RBT6 - LQFP64 USB Host - ARM M3</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4808</t>
   </si>
   <si>
     <t>MAX491 MAX491CSD MAX491ESD - SOIC14 - RS485 - RS422 Transceiver</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5403</t>
   </si>
   <si>
     <t>1N5819 B5819W 1N5819W SOD123 (1206) 1A 40V Schottky Diode</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5820</t>
   </si>
   <si>
     <t>HCPL-0631-500E - HCPL0631 - SMD - SOIC8 - Dual Channel High Speed Optocoupler</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5479</t>
   </si>
@@ -2165,51 +2165,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/active-components?page=5&amp;per-page=48" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7221" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7222" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7223" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5920" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5926" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5928" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5929" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5935" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6215" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6216" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6217" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5923" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5924" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5930" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5932" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5933" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6219" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6221" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6359" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6360" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4563" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5919" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5925" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5927" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5063" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5064" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5266" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6364" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5058" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5065" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7206" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7208" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7209" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7210" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3915" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4418" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5592" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7207" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3983" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7173" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3917" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4022" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6363" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6365" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6366" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6367" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7142" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5364" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5363" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3982" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6361" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5921" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5922" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7165" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5918" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7117" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7089" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4620" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3397" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3471" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3624" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3665" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4511" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5308" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4687" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7139" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7129" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7130" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7131" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7132" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7128" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7137" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7087" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7078" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7079" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4895" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7060" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3178" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7073" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5396" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4807" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4430" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6953" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5246" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6942" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6946" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6941" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6943" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6944" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6945" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6683" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6684" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6685" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6679" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6680" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6681" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6682" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6623" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6624" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6622" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6621" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6630" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6604" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6605" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6606" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6462" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6459" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4737" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6239" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6223" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6224" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6186" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6171" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6161" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6162" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6163" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6164" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6165" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6166" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6167" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6147" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6112" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6057" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4556" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5992" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4916" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4926" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5910" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5911" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4879" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5931" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5694" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5695" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5696" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5697" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5693" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5539" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5177" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5568" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5569" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5570" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5386" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5402" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5377" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5374" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5538" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5540" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5390" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5378" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5383" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5385" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6249" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5379" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4808" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5403" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5820" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5479" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3958" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5292" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5342" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5306" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5307" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5293" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5249" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5131" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4876" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4898" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5072" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5075" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5076" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5080" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5083" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5084" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5086" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5081" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5082" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5053" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5071" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5077" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4823" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5078" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5079" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5085" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5087" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5089" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5090" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5091" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5092" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4769" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4107" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4184" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4938" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4939" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4941" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4942" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4943" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4944" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4946" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4947" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4950" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4951" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4953" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4954" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4955" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4956" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4958" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4959" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4962" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4963" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4964" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4965" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4736" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4870" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4873" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4891" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4904" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4907" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4909" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4910" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4911" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4912" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4913" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4915" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4918" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4919" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4920" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4921" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4924" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4927" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4928" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4929" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4905" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4109" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4902" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4932" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3832" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4347" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4872" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4894" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4878" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4863" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4867" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4812" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4810" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4811" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4813" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6099" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4720" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4739" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4686" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4700" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4021" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4640" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4195" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4633" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4307" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4014" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3885" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4615" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4245" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4172" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4435" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5203" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3004" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4571" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3656" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4547" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4549" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3846" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4263" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3875" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4516" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4397" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4444" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4448" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4480" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4455" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3744" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4099" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3862" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4111" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3864" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3887" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4137" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4140" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4392" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3937" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4447" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3965" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3979" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4004" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4252" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/active-components?page=5&amp;per-page=48" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7221" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7222" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7223" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5920" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5926" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5928" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5929" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5935" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6215" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6216" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6217" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5923" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5924" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5930" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5932" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5933" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6219" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6221" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6359" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6360" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4563" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5919" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5925" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5927" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5063" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5064" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5266" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6364" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5058" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5065" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7206" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7208" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7209" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7210" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3915" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4418" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5592" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7207" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3983" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7173" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3917" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4022" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6363" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6365" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6366" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6367" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7142" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5364" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5363" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3982" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6361" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5921" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5922" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7165" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5918" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7117" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7089" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4620" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3397" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3471" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3624" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3665" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4511" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5308" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4687" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7139" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7129" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7130" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7131" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7132" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7128" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7137" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7087" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7078" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7079" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4895" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7060" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3178" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7073" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5396" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4807" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4430" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6953" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5246" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6942" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6946" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6941" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6943" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6944" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6945" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6683" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6684" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6685" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6679" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6680" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6681" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6682" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6624" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6622" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6621" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6630" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6604" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6605" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6606" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6462" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6459" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4737" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6239" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6223" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6224" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6186" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6171" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6161" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6162" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6163" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6164" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6165" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6166" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6167" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6147" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6112" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6057" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4556" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5992" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4916" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4926" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5910" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5911" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4879" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5931" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5694" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5695" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5696" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5697" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5693" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5539" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5177" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5568" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5569" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5570" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5386" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5402" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5377" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5374" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5538" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5540" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5390" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5378" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5383" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5385" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6249" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5379" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5375" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4808" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5403" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5820" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5479" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3958" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5292" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5342" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5306" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5307" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5293" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5249" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5131" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4876" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4898" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5072" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5075" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5076" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5080" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5083" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5084" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5086" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5081" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5082" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5053" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5071" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5077" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4823" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5078" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5079" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5085" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5087" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5089" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5090" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5091" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5092" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4769" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4107" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4184" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4938" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4939" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4941" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4942" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4943" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4944" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4946" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4947" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4950" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4951" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4953" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4954" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4955" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4956" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4958" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4959" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4962" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4963" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4964" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4965" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4736" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4870" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4873" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4891" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4904" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4907" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4909" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4910" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4911" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4912" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4913" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4915" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4918" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4919" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4920" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4921" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4924" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4927" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4928" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4929" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4905" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4109" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4902" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4932" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3832" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4347" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4872" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4894" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4878" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4863" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4867" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4812" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4810" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4811" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4813" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6099" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4720" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4739" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4686" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4700" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4021" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4640" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4195" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4633" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4307" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4014" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3885" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4615" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4245" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4172" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4435" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5203" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3004" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4571" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3656" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4547" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4549" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3846" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4263" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3875" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4516" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4397" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4444" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4448" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4480" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4455" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3744" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4099" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3862" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4111" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3864" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3887" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4137" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4140" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4392" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3937" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4447" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3965" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3979" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4004" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4252" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D296"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D296" sqref="D296"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
@@ -3038,51 +3038,51 @@
         <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="3">
         <v>7089</v>
       </c>
       <c r="B61" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="5">
         <v>20.0</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="3">
         <v>4620</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="5">
-        <v>140.0</v>
+        <v>175.0</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="3">
         <v>3397</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="5">
         <v>78.0</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="3">
         <v>3471</v>
       </c>
       <c r="B64" t="s">
         <v>128</v>
@@ -3592,827 +3592,827 @@
         <v>200</v>
       </c>
       <c r="C100" s="5">
         <v>15.0</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="3">
         <v>6682</v>
       </c>
       <c r="B101" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="5">
         <v>23.0</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="3">
-        <v>6623</v>
+        <v>6624</v>
       </c>
       <c r="B102" t="s">
         <v>204</v>
       </c>
       <c r="C102" s="5">
-        <v>60.0</v>
+        <v>75.0</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="3">
-        <v>6624</v>
+        <v>6622</v>
       </c>
       <c r="B103" t="s">
         <v>206</v>
       </c>
       <c r="C103" s="5">
-        <v>75.0</v>
+        <v>85.0</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="3">
-        <v>6622</v>
+        <v>6621</v>
       </c>
       <c r="B104" t="s">
         <v>208</v>
       </c>
       <c r="C104" s="5">
-        <v>125.0</v>
+        <v>75.0</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="3">
-        <v>6621</v>
+        <v>6630</v>
       </c>
       <c r="B105" t="s">
         <v>210</v>
       </c>
       <c r="C105" s="5">
-        <v>120.0</v>
+        <v>145.0</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3">
-        <v>6630</v>
+        <v>6604</v>
       </c>
       <c r="B106" t="s">
         <v>212</v>
       </c>
       <c r="C106" s="5">
-        <v>145.0</v>
+        <v>42.0</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="3">
-        <v>6604</v>
+        <v>6605</v>
       </c>
       <c r="B107" t="s">
         <v>214</v>
       </c>
       <c r="C107" s="5">
-        <v>48.0</v>
+        <v>35.0</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="3">
-        <v>6605</v>
+        <v>6606</v>
       </c>
       <c r="B108" t="s">
         <v>216</v>
       </c>
       <c r="C108" s="5">
-        <v>50.0</v>
+        <v>1980.0</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="3">
-        <v>6606</v>
+        <v>6462</v>
       </c>
       <c r="B109" t="s">
         <v>218</v>
       </c>
       <c r="C109" s="5">
-        <v>2280.0</v>
+        <v>650.0</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="3">
-        <v>6462</v>
+        <v>6459</v>
       </c>
       <c r="B110" t="s">
         <v>220</v>
       </c>
       <c r="C110" s="5">
-        <v>650.0</v>
+        <v>3.75</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="3">
-        <v>6459</v>
+        <v>4737</v>
       </c>
       <c r="B111" t="s">
         <v>222</v>
       </c>
       <c r="C111" s="5">
-        <v>3.75</v>
+        <v>75.0</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="3">
-        <v>4737</v>
+        <v>6239</v>
       </c>
       <c r="B112" t="s">
         <v>224</v>
       </c>
       <c r="C112" s="5">
-        <v>75.0</v>
+        <v>9.25</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="3">
-        <v>6239</v>
+        <v>6223</v>
       </c>
       <c r="B113" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="5">
-        <v>9.25</v>
+        <v>9.44</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="3">
-        <v>6223</v>
+        <v>6224</v>
       </c>
       <c r="B114" t="s">
         <v>228</v>
       </c>
       <c r="C114" s="5">
-        <v>9.44</v>
+        <v>15.0</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="3">
-        <v>6224</v>
+        <v>6186</v>
       </c>
       <c r="B115" t="s">
         <v>230</v>
       </c>
       <c r="C115" s="5">
-        <v>15.0</v>
+        <v>3.75</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="3">
-        <v>6186</v>
+        <v>6171</v>
       </c>
       <c r="B116" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="5">
-        <v>3.75</v>
+        <v>1.77</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3">
-        <v>6171</v>
+        <v>6161</v>
       </c>
       <c r="B117" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="5">
-        <v>1.77</v>
+        <v>35.4</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3">
-        <v>6161</v>
+        <v>6162</v>
       </c>
       <c r="B118" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="5">
-        <v>35.4</v>
+        <v>65.0</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3">
-        <v>6162</v>
+        <v>6163</v>
       </c>
       <c r="B119" t="s">
         <v>238</v>
       </c>
       <c r="C119" s="5">
-        <v>65.0</v>
+        <v>45.0</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="3">
-        <v>6163</v>
+        <v>6164</v>
       </c>
       <c r="B120" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="5">
-        <v>45.0</v>
+        <v>83.0</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="3">
-        <v>6164</v>
+        <v>6165</v>
       </c>
       <c r="B121" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="5">
-        <v>83.0</v>
+        <v>45.0</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="3">
-        <v>6165</v>
+        <v>6166</v>
       </c>
       <c r="B122" t="s">
         <v>244</v>
       </c>
       <c r="C122" s="5">
-        <v>45.0</v>
+        <v>83.0</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="3">
-        <v>6166</v>
+        <v>6167</v>
       </c>
       <c r="B123" t="s">
         <v>246</v>
       </c>
       <c r="C123" s="5">
-        <v>83.0</v>
+        <v>89.0</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="3">
-        <v>6167</v>
+        <v>6147</v>
       </c>
       <c r="B124" t="s">
         <v>248</v>
       </c>
       <c r="C124" s="5">
-        <v>89.0</v>
+        <v>23.6</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="3">
-        <v>6147</v>
+        <v>6112</v>
       </c>
       <c r="B125" t="s">
         <v>250</v>
       </c>
       <c r="C125" s="5">
-        <v>23.6</v>
+        <v>28.0</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="3">
-        <v>6112</v>
+        <v>6057</v>
       </c>
       <c r="B126" t="s">
         <v>252</v>
       </c>
       <c r="C126" s="5">
-        <v>28.0</v>
+        <v>130.0</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="3">
-        <v>6057</v>
+        <v>4556</v>
       </c>
       <c r="B127" t="s">
         <v>254</v>
       </c>
       <c r="C127" s="5">
-        <v>130.0</v>
+        <v>5.25</v>
       </c>
       <c r="D127" s="6" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="3">
-        <v>4556</v>
+        <v>5992</v>
       </c>
       <c r="B128" t="s">
         <v>256</v>
       </c>
       <c r="C128" s="5">
-        <v>5.25</v>
+        <v>75.0</v>
       </c>
       <c r="D128" s="6" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="3">
-        <v>5992</v>
+        <v>4916</v>
       </c>
       <c r="B129" t="s">
         <v>258</v>
       </c>
       <c r="C129" s="5">
-        <v>75.0</v>
+        <v>38.0</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="3">
-        <v>4916</v>
+        <v>4926</v>
       </c>
       <c r="B130" t="s">
         <v>260</v>
       </c>
       <c r="C130" s="5">
-        <v>38.0</v>
+        <v>42.0</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="3">
-        <v>4926</v>
+        <v>5910</v>
       </c>
       <c r="B131" t="s">
         <v>262</v>
       </c>
       <c r="C131" s="5">
-        <v>42.0</v>
+        <v>3.75</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="3">
-        <v>5910</v>
+        <v>5911</v>
       </c>
       <c r="B132" t="s">
         <v>264</v>
       </c>
       <c r="C132" s="5">
-        <v>3.75</v>
+        <v>45.0</v>
       </c>
       <c r="D132" s="6" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="3">
-        <v>5911</v>
+        <v>4879</v>
       </c>
       <c r="B133" t="s">
         <v>266</v>
       </c>
       <c r="C133" s="5">
-        <v>45.0</v>
+        <v>3.54</v>
       </c>
       <c r="D133" s="6" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="3">
-        <v>4879</v>
+        <v>5931</v>
       </c>
       <c r="B134" t="s">
         <v>268</v>
       </c>
       <c r="C134" s="5">
-        <v>3.54</v>
+        <v>2.25</v>
       </c>
       <c r="D134" s="6" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="3">
-        <v>5931</v>
+        <v>5694</v>
       </c>
       <c r="B135" t="s">
         <v>270</v>
       </c>
       <c r="C135" s="5">
-        <v>2.25</v>
+        <v>45.0</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="3">
-        <v>5694</v>
+        <v>5695</v>
       </c>
       <c r="B136" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="5">
-        <v>45.0</v>
+        <v>85.0</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="3">
-        <v>5695</v>
+        <v>5696</v>
       </c>
       <c r="B137" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="5">
-        <v>85.0</v>
+        <v>245.0</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="3">
-        <v>5696</v>
+        <v>5697</v>
       </c>
       <c r="B138" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="5">
-        <v>201.0</v>
+        <v>17.7</v>
       </c>
       <c r="D138" s="6" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="3">
-        <v>5697</v>
+        <v>5693</v>
       </c>
       <c r="B139" t="s">
         <v>278</v>
       </c>
       <c r="C139" s="5">
-        <v>17.7</v>
+        <v>85.0</v>
       </c>
       <c r="D139" s="6" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="3">
-        <v>5693</v>
+        <v>5539</v>
       </c>
       <c r="B140" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="5">
-        <v>85.0</v>
+        <v>15.0</v>
       </c>
       <c r="D140" s="6" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="3">
-        <v>5539</v>
+        <v>5177</v>
       </c>
       <c r="B141" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="5">
-        <v>15.0</v>
+        <v>17.7</v>
       </c>
       <c r="D141" s="6" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="3">
-        <v>5177</v>
+        <v>5568</v>
       </c>
       <c r="B142" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="5">
-        <v>17.7</v>
+        <v>21.25</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="3">
-        <v>5568</v>
+        <v>5569</v>
       </c>
       <c r="B143" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="5">
-        <v>21.25</v>
+        <v>85.0</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="3">
-        <v>5569</v>
+        <v>5570</v>
       </c>
       <c r="B144" t="s">
         <v>288</v>
       </c>
       <c r="C144" s="5">
-        <v>85.0</v>
+        <v>14.16</v>
       </c>
       <c r="D144" s="6" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="3">
-        <v>5570</v>
+        <v>5386</v>
       </c>
       <c r="B145" t="s">
         <v>290</v>
       </c>
       <c r="C145" s="5">
-        <v>14.16</v>
+        <v>8.0</v>
       </c>
       <c r="D145" s="6" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="3">
-        <v>5386</v>
+        <v>5402</v>
       </c>
       <c r="B146" t="s">
         <v>292</v>
       </c>
       <c r="C146" s="5">
-        <v>8.0</v>
+        <v>16.0</v>
       </c>
       <c r="D146" s="6" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="3">
-        <v>5402</v>
+        <v>5377</v>
       </c>
       <c r="B147" t="s">
         <v>294</v>
       </c>
       <c r="C147" s="5">
-        <v>16.0</v>
+        <v>17.7</v>
       </c>
       <c r="D147" s="6" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="3">
-        <v>5377</v>
+        <v>5374</v>
       </c>
       <c r="B148" t="s">
         <v>296</v>
       </c>
       <c r="C148" s="5">
-        <v>17.7</v>
+        <v>2.45</v>
       </c>
       <c r="D148" s="6" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="3">
-        <v>5374</v>
+        <v>5538</v>
       </c>
       <c r="B149" t="s">
         <v>298</v>
       </c>
       <c r="C149" s="5">
-        <v>2.45</v>
+        <v>5.31</v>
       </c>
       <c r="D149" s="6" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="3">
-        <v>5538</v>
+        <v>5540</v>
       </c>
       <c r="B150" t="s">
         <v>300</v>
       </c>
       <c r="C150" s="5">
-        <v>5.31</v>
+        <v>5.9</v>
       </c>
       <c r="D150" s="6" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="3">
-        <v>5540</v>
+        <v>5390</v>
       </c>
       <c r="B151" t="s">
         <v>302</v>
       </c>
       <c r="C151" s="5">
-        <v>5.9</v>
+        <v>3.0</v>
       </c>
       <c r="D151" s="6" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="3">
-        <v>5390</v>
+        <v>5378</v>
       </c>
       <c r="B152" t="s">
         <v>304</v>
       </c>
       <c r="C152" s="5">
-        <v>3.0</v>
+        <v>13.0</v>
       </c>
       <c r="D152" s="6" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="3">
-        <v>5378</v>
+        <v>5383</v>
       </c>
       <c r="B153" t="s">
         <v>306</v>
       </c>
       <c r="C153" s="5">
-        <v>13.0</v>
+        <v>5.9</v>
       </c>
       <c r="D153" s="6" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="3">
-        <v>5383</v>
+        <v>5385</v>
       </c>
       <c r="B154" t="s">
         <v>308</v>
       </c>
       <c r="C154" s="5">
-        <v>5.9</v>
+        <v>8.25</v>
       </c>
       <c r="D154" s="6" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="3">
-        <v>5385</v>
+        <v>6249</v>
       </c>
       <c r="B155" t="s">
         <v>310</v>
       </c>
       <c r="C155" s="5">
-        <v>8.25</v>
+        <v>10.0</v>
       </c>
       <c r="D155" s="6" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="3">
-        <v>6249</v>
+        <v>5379</v>
       </c>
       <c r="B156" t="s">
         <v>312</v>
       </c>
       <c r="C156" s="5">
-        <v>10.0</v>
+        <v>89.0</v>
       </c>
       <c r="D156" s="6" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="3">
-        <v>5379</v>
+        <v>5375</v>
       </c>
       <c r="B157" t="s">
         <v>314</v>
       </c>
       <c r="C157" s="5">
-        <v>89.0</v>
+        <v>75.0</v>
       </c>
       <c r="D157" s="6" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="3">
         <v>4808</v>
       </c>
       <c r="B158" t="s">
         <v>316</v>
       </c>
       <c r="C158" s="5">
         <v>345.0</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="3">
         <v>5403</v>
       </c>
       <c r="B159" t="s">
         <v>318</v>
@@ -4536,51 +4536,51 @@
         <v>335</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="3">
         <v>5249</v>
       </c>
       <c r="B168" t="s">
         <v>336</v>
       </c>
       <c r="C168" s="5">
         <v>150.0</v>
       </c>
       <c r="D168" s="6" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="3">
         <v>5131</v>
       </c>
       <c r="B169" t="s">
         <v>338</v>
       </c>
       <c r="C169" s="5">
-        <v>14.16</v>
+        <v>20.0</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="3">
         <v>4876</v>
       </c>
       <c r="B170" t="s">
         <v>340</v>
       </c>
       <c r="C170" s="5">
         <v>2.36</v>
       </c>
       <c r="D170" s="6" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="3">
         <v>4898</v>
       </c>
       <c r="B171" t="s">
         <v>342</v>
@@ -5236,51 +5236,51 @@
         <v>435</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="3">
         <v>4873</v>
       </c>
       <c r="B218" t="s">
         <v>436</v>
       </c>
       <c r="C218" s="5">
         <v>12.0</v>
       </c>
       <c r="D218" s="6" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="3">
         <v>4891</v>
       </c>
       <c r="B219" t="s">
         <v>438</v>
       </c>
       <c r="C219" s="5">
-        <v>25.0</v>
+        <v>35.0</v>
       </c>
       <c r="D219" s="6" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="3">
         <v>4904</v>
       </c>
       <c r="B220" t="s">
         <v>440</v>
       </c>
       <c r="C220" s="5">
         <v>12.0</v>
       </c>
       <c r="D220" s="6" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="3">
         <v>4907</v>
       </c>
       <c r="B221" t="s">
         <v>442</v>