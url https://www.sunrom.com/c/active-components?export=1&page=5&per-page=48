--- v1 (2025-12-06)
+++ v2 (2026-01-21)
@@ -14,74 +14,74 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="594">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="592">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/active-components?page=5&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>06-Dec-2025 20:32:24</t>
+    <t>21-Jan-2026 16:47:28</t>
   </si>
   <si>
     <t>STM32F030C8T6 LQFP48 ARM Cortex M0 MCU 64kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7220</t>
   </si>
   <si>
     <t>STM32F030C6T6 LQFP48 ARM Cortex M0 MCU 32kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7221</t>
   </si>
   <si>
     <t>STM32F030F4P6 TSSOP20 ARM Cortex M0 MCU 16kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7222</t>
   </si>
   <si>
     <t>STM32F103RCT6 LQFP64 ARM Cortex M 32bit MCU 256kB 72Mhz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7223</t>
   </si>
@@ -650,56 +650,50 @@
     <t>https://www.sunrom.com/m/6682</t>
   </si>
   <si>
     <t>MG87FE52 Megawin MG87FE52AE40 DIP40</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6624</t>
   </si>
   <si>
     <t>MG82G5E32 Megawin MG82G5E32AD48 LQFP48 IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6622</t>
   </si>
   <si>
     <t>MG82F6D32 Megawin MG82F6D32AD32 LQFP32 IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6621</t>
   </si>
   <si>
     <t>HT1632C LQFP48 7x7mm Pitch 0.5mm LED Matrix Driver Holtek</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6630</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.sunrom.com/m/6604</t>
   </si>
   <si>
     <t>MG82F6D17 Megawin MG82F6D17AL20 SSOP20</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6605</t>
   </si>
   <si>
     <t>ISP Programmer for Megawin 8051 Series</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6606</t>
   </si>
   <si>
     <t>STM32F407VGT6 - ARM Cortex M4 - 1MB Flash - 168Mhz - LQFP100</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6462</t>
   </si>
   <si>
     <t>MB10S 700V 0.8A SMD Diode Bridge</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6459</t>
   </si>
@@ -2165,63 +2159,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/active-components?page=5&amp;per-page=48" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7221" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7222" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7223" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5920" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5926" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5928" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5929" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5935" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6215" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6216" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6217" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5923" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5924" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5930" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5932" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5933" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6219" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6221" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6359" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6360" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4563" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5919" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5925" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5927" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5063" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5064" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5266" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6364" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5058" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5065" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7206" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7208" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7209" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7210" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3915" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4418" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5592" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7207" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3983" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7173" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3917" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4022" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6363" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6365" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6366" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6367" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7142" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5364" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5363" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3982" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6361" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5921" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5922" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7165" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5918" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7117" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7089" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4620" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3397" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3471" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3624" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3665" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4511" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5308" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4687" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7139" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7129" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7130" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7131" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7132" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7128" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7137" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7087" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7078" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7079" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4895" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7060" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3178" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7073" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5396" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4807" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4430" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6953" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5246" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6942" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6946" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6941" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6943" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6944" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6945" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6683" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6684" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6685" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6679" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6680" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6681" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6682" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6624" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6622" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6621" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6630" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6604" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6605" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6606" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6462" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6459" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4737" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6239" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6223" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6224" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6186" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6171" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6161" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6162" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6163" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6164" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6165" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6166" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6167" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6147" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6112" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6057" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4556" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5992" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4916" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4926" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5910" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5911" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4879" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5931" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5694" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5695" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5696" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5697" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5693" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5539" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5177" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5568" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5569" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5570" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5386" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5402" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5377" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5374" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5538" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5540" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5390" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5378" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5383" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5385" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6249" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5379" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5375" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4808" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5403" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5820" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5479" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3958" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5292" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5342" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5306" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5307" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5293" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5249" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5131" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4876" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4898" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5072" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5075" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5076" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5080" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5083" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5084" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5086" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5081" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5082" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5053" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5071" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5077" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4823" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5078" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5079" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5085" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5087" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5089" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5090" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5091" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5092" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4769" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4107" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4184" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4938" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4939" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4941" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4942" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4943" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4944" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4946" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4947" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4950" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4951" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4953" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4954" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4955" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4956" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4958" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4959" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4962" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4963" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4964" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4965" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4736" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4870" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4873" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4891" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4904" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4907" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4909" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4910" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4911" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4912" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4913" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4915" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4918" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4919" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4920" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4921" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4924" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4927" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4928" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4929" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4905" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4109" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4902" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4932" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3832" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4347" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4872" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4894" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4878" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4863" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4867" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4812" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4810" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4811" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4813" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6099" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4720" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4739" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4686" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4700" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4021" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4640" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4195" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4633" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4307" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4014" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3885" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4615" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4245" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4172" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4435" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5203" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3004" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4571" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3656" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4547" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4549" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3846" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4263" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3875" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4516" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4397" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4444" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4448" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4480" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4455" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3744" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4099" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3862" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4111" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3864" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3887" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4137" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4140" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4392" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3937" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4447" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3965" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3979" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4004" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4252" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/active-components?page=5&amp;per-page=48" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7221" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7222" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7223" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5920" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5926" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5928" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5929" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5935" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6215" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6216" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6217" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5923" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5924" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5930" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5932" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5933" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6219" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6221" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6359" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6360" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4563" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5919" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5925" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5927" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5063" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5064" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5266" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6364" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5058" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5065" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7206" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7208" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7209" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7210" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3915" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4418" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5592" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7207" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3983" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7173" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3917" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4022" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6363" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6365" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6366" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6367" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7142" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5364" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5363" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3982" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6361" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5921" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5922" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7165" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5918" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7117" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7089" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4620" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3397" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3471" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3624" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3665" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4511" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5308" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4687" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7139" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7129" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7130" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7131" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7132" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7128" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7137" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7087" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7078" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7079" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4895" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7060" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3178" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7073" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5396" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4807" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4430" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6953" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5246" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6942" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6946" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6941" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6943" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6944" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6945" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6683" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6684" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6685" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6679" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6680" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6681" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6682" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6624" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6622" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6621" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6630" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6605" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6606" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6462" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6459" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4737" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6239" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6223" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6224" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6186" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6171" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6161" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6162" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6163" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6164" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6165" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6166" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6167" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6147" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6112" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6057" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4556" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5992" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4916" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4926" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5910" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5911" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4879" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5931" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5694" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5695" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5696" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5697" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5693" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5539" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5177" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5568" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5569" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5570" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5386" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5402" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5377" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5374" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5538" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5540" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5390" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5378" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5383" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5385" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6249" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5379" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5375" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4808" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5403" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5820" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5479" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3958" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5292" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5342" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5306" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5307" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5293" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5249" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5131" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4876" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4898" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5072" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5075" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5076" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5080" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5083" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5084" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5086" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5081" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5082" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5053" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5071" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5077" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4823" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5078" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5079" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5085" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5087" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5089" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5090" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5091" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5092" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4769" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4107" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4184" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4938" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4939" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4941" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4942" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4943" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4944" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4946" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4947" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4950" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4951" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4953" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4954" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4955" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4956" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4958" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4959" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4962" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4963" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4964" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4965" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4736" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4870" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4873" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4891" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4904" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4907" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4909" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4910" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4911" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4912" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4913" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4915" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4918" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4919" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4920" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4921" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4924" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4927" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4928" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4929" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4905" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4109" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4902" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4932" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3832" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4347" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4872" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4894" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4878" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4863" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4867" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4812" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4810" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4811" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4813" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6099" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4720" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4739" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4686" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4700" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4021" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4640" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4195" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4633" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4307" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4014" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3885" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4615" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4245" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4172" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4435" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5203" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3004" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4571" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3656" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4547" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4549" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3846" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4263" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3875" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4516" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4397" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4444" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4448" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4480" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4455" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3744" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4099" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3862" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4111" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3864" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3887" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4137" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4140" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4392" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3937" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4447" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3965" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3979" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4004" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4252" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D296"/>
+  <dimension ref="A1:D295"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D296" sqref="D296"/>
+      <selection activeCell="D295" sqref="D295"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
@@ -3648,2720 +3642,2706 @@
         <v>208</v>
       </c>
       <c r="C104" s="5">
         <v>75.0</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="3">
         <v>6630</v>
       </c>
       <c r="B105" t="s">
         <v>210</v>
       </c>
       <c r="C105" s="5">
         <v>145.0</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3">
-        <v>6604</v>
+        <v>6605</v>
       </c>
       <c r="B106" t="s">
         <v>212</v>
       </c>
       <c r="C106" s="5">
-        <v>42.0</v>
+        <v>35.0</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="3">
-        <v>6605</v>
+        <v>6606</v>
       </c>
       <c r="B107" t="s">
         <v>214</v>
       </c>
       <c r="C107" s="5">
-        <v>35.0</v>
+        <v>1980.0</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="3">
-        <v>6606</v>
+        <v>6462</v>
       </c>
       <c r="B108" t="s">
         <v>216</v>
       </c>
       <c r="C108" s="5">
-        <v>1980.0</v>
+        <v>650.0</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="3">
-        <v>6462</v>
+        <v>6459</v>
       </c>
       <c r="B109" t="s">
         <v>218</v>
       </c>
       <c r="C109" s="5">
-        <v>650.0</v>
+        <v>3.75</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="3">
-        <v>6459</v>
+        <v>4737</v>
       </c>
       <c r="B110" t="s">
         <v>220</v>
       </c>
       <c r="C110" s="5">
-        <v>3.75</v>
+        <v>75.0</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="3">
-        <v>4737</v>
+        <v>6239</v>
       </c>
       <c r="B111" t="s">
         <v>222</v>
       </c>
       <c r="C111" s="5">
-        <v>75.0</v>
+        <v>9.25</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="3">
-        <v>6239</v>
+        <v>6223</v>
       </c>
       <c r="B112" t="s">
         <v>224</v>
       </c>
       <c r="C112" s="5">
-        <v>9.25</v>
+        <v>9.44</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="3">
-        <v>6223</v>
+        <v>6224</v>
       </c>
       <c r="B113" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="5">
-        <v>9.44</v>
+        <v>15.0</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="3">
-        <v>6224</v>
+        <v>6186</v>
       </c>
       <c r="B114" t="s">
         <v>228</v>
       </c>
       <c r="C114" s="5">
-        <v>15.0</v>
+        <v>3.75</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="3">
-        <v>6186</v>
+        <v>6171</v>
       </c>
       <c r="B115" t="s">
         <v>230</v>
       </c>
       <c r="C115" s="5">
-        <v>3.75</v>
+        <v>1.77</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="3">
-        <v>6171</v>
+        <v>6161</v>
       </c>
       <c r="B116" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="5">
-        <v>1.77</v>
+        <v>35.4</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3">
-        <v>6161</v>
+        <v>6162</v>
       </c>
       <c r="B117" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="5">
-        <v>35.4</v>
+        <v>65.0</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3">
-        <v>6162</v>
+        <v>6163</v>
       </c>
       <c r="B118" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="5">
-        <v>65.0</v>
+        <v>45.0</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3">
-        <v>6163</v>
+        <v>6164</v>
       </c>
       <c r="B119" t="s">
         <v>238</v>
       </c>
       <c r="C119" s="5">
-        <v>45.0</v>
+        <v>83.0</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="3">
-        <v>6164</v>
+        <v>6165</v>
       </c>
       <c r="B120" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="5">
-        <v>83.0</v>
+        <v>45.0</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="3">
-        <v>6165</v>
+        <v>6166</v>
       </c>
       <c r="B121" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="5">
-        <v>45.0</v>
+        <v>83.0</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="3">
-        <v>6166</v>
+        <v>6167</v>
       </c>
       <c r="B122" t="s">
         <v>244</v>
       </c>
       <c r="C122" s="5">
-        <v>83.0</v>
+        <v>89.0</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="3">
-        <v>6167</v>
+        <v>6147</v>
       </c>
       <c r="B123" t="s">
         <v>246</v>
       </c>
       <c r="C123" s="5">
-        <v>89.0</v>
+        <v>23.6</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="3">
-        <v>6147</v>
+        <v>6112</v>
       </c>
       <c r="B124" t="s">
         <v>248</v>
       </c>
       <c r="C124" s="5">
-        <v>23.6</v>
+        <v>28.0</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="3">
-        <v>6112</v>
+        <v>6057</v>
       </c>
       <c r="B125" t="s">
         <v>250</v>
       </c>
       <c r="C125" s="5">
-        <v>28.0</v>
+        <v>130.0</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="3">
-        <v>6057</v>
+        <v>4556</v>
       </c>
       <c r="B126" t="s">
         <v>252</v>
       </c>
       <c r="C126" s="5">
-        <v>130.0</v>
+        <v>5.25</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="3">
-        <v>4556</v>
+        <v>5992</v>
       </c>
       <c r="B127" t="s">
         <v>254</v>
       </c>
       <c r="C127" s="5">
-        <v>5.25</v>
+        <v>75.0</v>
       </c>
       <c r="D127" s="6" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="3">
-        <v>5992</v>
+        <v>4916</v>
       </c>
       <c r="B128" t="s">
         <v>256</v>
       </c>
       <c r="C128" s="5">
-        <v>75.0</v>
+        <v>38.0</v>
       </c>
       <c r="D128" s="6" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="3">
-        <v>4916</v>
+        <v>4926</v>
       </c>
       <c r="B129" t="s">
         <v>258</v>
       </c>
       <c r="C129" s="5">
-        <v>38.0</v>
+        <v>42.0</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="3">
-        <v>4926</v>
+        <v>5910</v>
       </c>
       <c r="B130" t="s">
         <v>260</v>
       </c>
       <c r="C130" s="5">
-        <v>42.0</v>
+        <v>3.75</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="3">
-        <v>5910</v>
+        <v>5911</v>
       </c>
       <c r="B131" t="s">
         <v>262</v>
       </c>
       <c r="C131" s="5">
-        <v>3.75</v>
+        <v>45.0</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="3">
-        <v>5911</v>
+        <v>4879</v>
       </c>
       <c r="B132" t="s">
         <v>264</v>
       </c>
       <c r="C132" s="5">
-        <v>45.0</v>
+        <v>3.54</v>
       </c>
       <c r="D132" s="6" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="3">
-        <v>4879</v>
+        <v>5931</v>
       </c>
       <c r="B133" t="s">
         <v>266</v>
       </c>
       <c r="C133" s="5">
-        <v>3.54</v>
+        <v>2.25</v>
       </c>
       <c r="D133" s="6" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="3">
-        <v>5931</v>
+        <v>5694</v>
       </c>
       <c r="B134" t="s">
         <v>268</v>
       </c>
       <c r="C134" s="5">
-        <v>2.25</v>
+        <v>45.0</v>
       </c>
       <c r="D134" s="6" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="3">
-        <v>5694</v>
+        <v>5695</v>
       </c>
       <c r="B135" t="s">
         <v>270</v>
       </c>
       <c r="C135" s="5">
-        <v>45.0</v>
+        <v>85.0</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="3">
-        <v>5695</v>
+        <v>5696</v>
       </c>
       <c r="B136" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="5">
-        <v>85.0</v>
+        <v>245.0</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="3">
-        <v>5696</v>
+        <v>5697</v>
       </c>
       <c r="B137" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="5">
-        <v>245.0</v>
+        <v>17.7</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="3">
-        <v>5697</v>
+        <v>5693</v>
       </c>
       <c r="B138" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="5">
-        <v>17.7</v>
+        <v>85.0</v>
       </c>
       <c r="D138" s="6" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="3">
-        <v>5693</v>
+        <v>5539</v>
       </c>
       <c r="B139" t="s">
         <v>278</v>
       </c>
       <c r="C139" s="5">
-        <v>85.0</v>
+        <v>15.0</v>
       </c>
       <c r="D139" s="6" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="3">
-        <v>5539</v>
+        <v>5177</v>
       </c>
       <c r="B140" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="5">
-        <v>15.0</v>
+        <v>17.7</v>
       </c>
       <c r="D140" s="6" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="3">
-        <v>5177</v>
+        <v>5568</v>
       </c>
       <c r="B141" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="5">
-        <v>17.7</v>
+        <v>21.25</v>
       </c>
       <c r="D141" s="6" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="3">
-        <v>5568</v>
+        <v>5569</v>
       </c>
       <c r="B142" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="5">
-        <v>21.25</v>
+        <v>85.0</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="3">
-        <v>5569</v>
+        <v>5570</v>
       </c>
       <c r="B143" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="5">
-        <v>85.0</v>
+        <v>14.16</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="3">
-        <v>5570</v>
+        <v>5386</v>
       </c>
       <c r="B144" t="s">
         <v>288</v>
       </c>
       <c r="C144" s="5">
-        <v>14.16</v>
+        <v>8.0</v>
       </c>
       <c r="D144" s="6" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="3">
-        <v>5386</v>
+        <v>5402</v>
       </c>
       <c r="B145" t="s">
         <v>290</v>
       </c>
       <c r="C145" s="5">
-        <v>8.0</v>
+        <v>16.0</v>
       </c>
       <c r="D145" s="6" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="3">
-        <v>5402</v>
+        <v>5377</v>
       </c>
       <c r="B146" t="s">
         <v>292</v>
       </c>
       <c r="C146" s="5">
-        <v>16.0</v>
+        <v>17.7</v>
       </c>
       <c r="D146" s="6" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="3">
-        <v>5377</v>
+        <v>5374</v>
       </c>
       <c r="B147" t="s">
         <v>294</v>
       </c>
       <c r="C147" s="5">
-        <v>17.7</v>
+        <v>2.45</v>
       </c>
       <c r="D147" s="6" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="3">
-        <v>5374</v>
+        <v>5538</v>
       </c>
       <c r="B148" t="s">
         <v>296</v>
       </c>
       <c r="C148" s="5">
-        <v>2.45</v>
+        <v>5.31</v>
       </c>
       <c r="D148" s="6" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="3">
-        <v>5538</v>
+        <v>5540</v>
       </c>
       <c r="B149" t="s">
         <v>298</v>
       </c>
       <c r="C149" s="5">
-        <v>5.31</v>
+        <v>5.9</v>
       </c>
       <c r="D149" s="6" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="3">
-        <v>5540</v>
+        <v>5390</v>
       </c>
       <c r="B150" t="s">
         <v>300</v>
       </c>
       <c r="C150" s="5">
-        <v>5.9</v>
+        <v>3.0</v>
       </c>
       <c r="D150" s="6" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="3">
-        <v>5390</v>
+        <v>5378</v>
       </c>
       <c r="B151" t="s">
         <v>302</v>
       </c>
       <c r="C151" s="5">
-        <v>3.0</v>
+        <v>13.0</v>
       </c>
       <c r="D151" s="6" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="3">
-        <v>5378</v>
+        <v>5383</v>
       </c>
       <c r="B152" t="s">
         <v>304</v>
       </c>
       <c r="C152" s="5">
-        <v>13.0</v>
+        <v>5.9</v>
       </c>
       <c r="D152" s="6" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="3">
-        <v>5383</v>
+        <v>5385</v>
       </c>
       <c r="B153" t="s">
         <v>306</v>
       </c>
       <c r="C153" s="5">
-        <v>5.9</v>
+        <v>8.25</v>
       </c>
       <c r="D153" s="6" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="3">
-        <v>5385</v>
+        <v>6249</v>
       </c>
       <c r="B154" t="s">
         <v>308</v>
       </c>
       <c r="C154" s="5">
-        <v>8.25</v>
+        <v>10.0</v>
       </c>
       <c r="D154" s="6" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="3">
-        <v>6249</v>
+        <v>5379</v>
       </c>
       <c r="B155" t="s">
         <v>310</v>
       </c>
       <c r="C155" s="5">
-        <v>10.0</v>
+        <v>89.0</v>
       </c>
       <c r="D155" s="6" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="3">
-        <v>5379</v>
+        <v>5375</v>
       </c>
       <c r="B156" t="s">
         <v>312</v>
       </c>
       <c r="C156" s="5">
-        <v>89.0</v>
+        <v>75.0</v>
       </c>
       <c r="D156" s="6" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="3">
-        <v>5375</v>
+        <v>4808</v>
       </c>
       <c r="B157" t="s">
         <v>314</v>
       </c>
       <c r="C157" s="5">
-        <v>75.0</v>
+        <v>345.0</v>
       </c>
       <c r="D157" s="6" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="3">
-        <v>4808</v>
+        <v>5403</v>
       </c>
       <c r="B158" t="s">
         <v>316</v>
       </c>
       <c r="C158" s="5">
-        <v>345.0</v>
+        <v>58.0</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="3">
-        <v>5403</v>
+        <v>5820</v>
       </c>
       <c r="B159" t="s">
         <v>318</v>
       </c>
       <c r="C159" s="5">
-        <v>58.0</v>
+        <v>2.0</v>
       </c>
       <c r="D159" s="6" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="3">
-        <v>5820</v>
+        <v>5479</v>
       </c>
       <c r="B160" t="s">
         <v>320</v>
       </c>
       <c r="C160" s="5">
-        <v>2.0</v>
+        <v>85.0</v>
       </c>
       <c r="D160" s="6" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="3">
-        <v>5479</v>
+        <v>3958</v>
       </c>
       <c r="B161" t="s">
         <v>322</v>
       </c>
       <c r="C161" s="5">
-        <v>85.0</v>
+        <v>210.0</v>
       </c>
       <c r="D161" s="6" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="3">
-        <v>3958</v>
+        <v>5292</v>
       </c>
       <c r="B162" t="s">
         <v>324</v>
       </c>
       <c r="C162" s="5">
-        <v>210.0</v>
+        <v>17.7</v>
       </c>
       <c r="D162" s="6" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="3">
-        <v>5292</v>
+        <v>5342</v>
       </c>
       <c r="B163" t="s">
         <v>326</v>
       </c>
       <c r="C163" s="5">
-        <v>17.7</v>
+        <v>75.0</v>
       </c>
       <c r="D163" s="6" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="3">
-        <v>5342</v>
+        <v>5306</v>
       </c>
       <c r="B164" t="s">
         <v>328</v>
       </c>
       <c r="C164" s="5">
         <v>75.0</v>
       </c>
       <c r="D164" s="6" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="3">
-        <v>5306</v>
+        <v>5307</v>
       </c>
       <c r="B165" t="s">
         <v>330</v>
       </c>
       <c r="C165" s="5">
-        <v>75.0</v>
+        <v>115.0</v>
       </c>
       <c r="D165" s="6" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="3">
-        <v>5307</v>
+        <v>5293</v>
       </c>
       <c r="B166" t="s">
         <v>332</v>
       </c>
       <c r="C166" s="5">
-        <v>115.0</v>
+        <v>26.0</v>
       </c>
       <c r="D166" s="6" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="3">
-        <v>5293</v>
+        <v>5249</v>
       </c>
       <c r="B167" t="s">
         <v>334</v>
       </c>
       <c r="C167" s="5">
-        <v>26.0</v>
+        <v>150.0</v>
       </c>
       <c r="D167" s="6" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="3">
-        <v>5249</v>
+        <v>5131</v>
       </c>
       <c r="B168" t="s">
         <v>336</v>
       </c>
       <c r="C168" s="5">
-        <v>150.0</v>
+        <v>20.0</v>
       </c>
       <c r="D168" s="6" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="3">
-        <v>5131</v>
+        <v>4876</v>
       </c>
       <c r="B169" t="s">
         <v>338</v>
       </c>
       <c r="C169" s="5">
-        <v>20.0</v>
+        <v>2.36</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="3">
-        <v>4876</v>
+        <v>4898</v>
       </c>
       <c r="B170" t="s">
         <v>340</v>
       </c>
       <c r="C170" s="5">
-        <v>2.36</v>
+        <v>5.9</v>
       </c>
       <c r="D170" s="6" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="3">
-        <v>4898</v>
+        <v>5072</v>
       </c>
       <c r="B171" t="s">
         <v>342</v>
       </c>
       <c r="C171" s="5">
-        <v>5.9</v>
+        <v>29.5</v>
       </c>
       <c r="D171" s="6" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="3">
-        <v>5072</v>
+        <v>5075</v>
       </c>
       <c r="B172" t="s">
         <v>344</v>
       </c>
       <c r="C172" s="5">
-        <v>29.5</v>
+        <v>14.16</v>
       </c>
       <c r="D172" s="6" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="3">
-        <v>5075</v>
+        <v>5076</v>
       </c>
       <c r="B173" t="s">
         <v>346</v>
       </c>
       <c r="C173" s="5">
         <v>14.16</v>
       </c>
       <c r="D173" s="6" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="3">
-        <v>5076</v>
+        <v>5080</v>
       </c>
       <c r="B174" t="s">
         <v>348</v>
       </c>
       <c r="C174" s="5">
         <v>14.16</v>
       </c>
       <c r="D174" s="6" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="3">
-        <v>5080</v>
+        <v>5083</v>
       </c>
       <c r="B175" t="s">
         <v>350</v>
       </c>
       <c r="C175" s="5">
-        <v>14.16</v>
+        <v>6.75</v>
       </c>
       <c r="D175" s="6" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="3">
-        <v>5083</v>
+        <v>5084</v>
       </c>
       <c r="B176" t="s">
         <v>352</v>
       </c>
       <c r="C176" s="5">
-        <v>6.75</v>
+        <v>55.0</v>
       </c>
       <c r="D176" s="6" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="3">
-        <v>5084</v>
+        <v>5086</v>
       </c>
       <c r="B177" t="s">
         <v>354</v>
       </c>
       <c r="C177" s="5">
-        <v>55.0</v>
+        <v>17.7</v>
       </c>
       <c r="D177" s="6" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="3">
-        <v>5086</v>
+        <v>5081</v>
       </c>
       <c r="B178" t="s">
         <v>356</v>
       </c>
       <c r="C178" s="5">
-        <v>17.7</v>
+        <v>29.5</v>
       </c>
       <c r="D178" s="6" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="3">
-        <v>5081</v>
+        <v>5082</v>
       </c>
       <c r="B179" t="s">
         <v>358</v>
       </c>
       <c r="C179" s="5">
-        <v>29.5</v>
+        <v>53.0</v>
       </c>
       <c r="D179" s="6" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="3">
-        <v>5082</v>
+        <v>5053</v>
       </c>
       <c r="B180" t="s">
         <v>360</v>
       </c>
       <c r="C180" s="5">
-        <v>53.0</v>
+        <v>35.0</v>
       </c>
       <c r="D180" s="6" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="3">
-        <v>5053</v>
+        <v>5071</v>
       </c>
       <c r="B181" t="s">
         <v>362</v>
       </c>
       <c r="C181" s="5">
         <v>35.0</v>
       </c>
       <c r="D181" s="6" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="3">
-        <v>5071</v>
+        <v>5077</v>
       </c>
       <c r="B182" t="s">
         <v>364</v>
       </c>
       <c r="C182" s="5">
-        <v>35.0</v>
+        <v>36.0</v>
       </c>
       <c r="D182" s="6" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="3">
-        <v>5077</v>
+        <v>4823</v>
       </c>
       <c r="B183" t="s">
         <v>366</v>
       </c>
       <c r="C183" s="5">
-        <v>36.0</v>
+        <v>138.0</v>
       </c>
       <c r="D183" s="6" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="3">
-        <v>4823</v>
+        <v>5078</v>
       </c>
       <c r="B184" t="s">
         <v>368</v>
       </c>
       <c r="C184" s="5">
-        <v>138.0</v>
+        <v>64.0</v>
       </c>
       <c r="D184" s="6" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="3">
-        <v>5078</v>
+        <v>5079</v>
       </c>
       <c r="B185" t="s">
         <v>370</v>
       </c>
       <c r="C185" s="5">
-        <v>64.0</v>
+        <v>136.0</v>
       </c>
       <c r="D185" s="6" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="3">
-        <v>5079</v>
+        <v>5085</v>
       </c>
       <c r="B186" t="s">
         <v>372</v>
       </c>
       <c r="C186" s="5">
-        <v>136.0</v>
+        <v>40.0</v>
       </c>
       <c r="D186" s="6" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="3">
-        <v>5085</v>
+        <v>5087</v>
       </c>
       <c r="B187" t="s">
         <v>374</v>
       </c>
       <c r="C187" s="5">
-        <v>40.0</v>
+        <v>20.0</v>
       </c>
       <c r="D187" s="6" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="3">
-        <v>5087</v>
+        <v>5089</v>
       </c>
       <c r="B188" t="s">
         <v>376</v>
       </c>
       <c r="C188" s="5">
-        <v>20.0</v>
+        <v>65.0</v>
       </c>
       <c r="D188" s="6" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="3">
-        <v>5089</v>
+        <v>5090</v>
       </c>
       <c r="B189" t="s">
         <v>378</v>
       </c>
       <c r="C189" s="5">
-        <v>65.0</v>
+        <v>45.0</v>
       </c>
       <c r="D189" s="6" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="3">
-        <v>5090</v>
+        <v>5091</v>
       </c>
       <c r="B190" t="s">
         <v>380</v>
       </c>
       <c r="C190" s="5">
-        <v>45.0</v>
+        <v>24.78</v>
       </c>
       <c r="D190" s="6" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="3">
-        <v>5091</v>
+        <v>5092</v>
       </c>
       <c r="B191" t="s">
         <v>382</v>
       </c>
       <c r="C191" s="5">
-        <v>24.78</v>
+        <v>11.0</v>
       </c>
       <c r="D191" s="6" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="3">
-        <v>5092</v>
+        <v>4769</v>
       </c>
       <c r="B192" t="s">
         <v>384</v>
       </c>
       <c r="C192" s="5">
-        <v>11.0</v>
+        <v>30.0</v>
       </c>
       <c r="D192" s="6" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="3">
-        <v>4769</v>
+        <v>4107</v>
       </c>
       <c r="B193" t="s">
         <v>386</v>
       </c>
       <c r="C193" s="5">
-        <v>30.0</v>
+        <v>6.75</v>
       </c>
       <c r="D193" s="6" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="3">
-        <v>4107</v>
+        <v>4184</v>
       </c>
       <c r="B194" t="s">
         <v>388</v>
       </c>
       <c r="C194" s="5">
-        <v>6.75</v>
+        <v>21.24</v>
       </c>
       <c r="D194" s="6" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="3">
-        <v>4184</v>
+        <v>4938</v>
       </c>
       <c r="B195" t="s">
         <v>390</v>
       </c>
       <c r="C195" s="5">
-        <v>21.24</v>
+        <v>38.0</v>
       </c>
       <c r="D195" s="6" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="3">
-        <v>4938</v>
+        <v>4939</v>
       </c>
       <c r="B196" t="s">
         <v>392</v>
       </c>
       <c r="C196" s="5">
-        <v>38.0</v>
+        <v>14.16</v>
       </c>
       <c r="D196" s="6" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="3">
-        <v>4939</v>
+        <v>4941</v>
       </c>
       <c r="B197" t="s">
         <v>394</v>
       </c>
       <c r="C197" s="5">
-        <v>14.16</v>
+        <v>15.0</v>
       </c>
       <c r="D197" s="6" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="3">
-        <v>4941</v>
+        <v>4942</v>
       </c>
       <c r="B198" t="s">
         <v>396</v>
       </c>
       <c r="C198" s="5">
-        <v>15.0</v>
+        <v>13.25</v>
       </c>
       <c r="D198" s="6" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="3">
-        <v>4942</v>
+        <v>4943</v>
       </c>
       <c r="B199" t="s">
         <v>398</v>
       </c>
       <c r="C199" s="5">
-        <v>13.25</v>
+        <v>38.0</v>
       </c>
       <c r="D199" s="6" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="3">
-        <v>4943</v>
+        <v>4944</v>
       </c>
       <c r="B200" t="s">
         <v>400</v>
       </c>
       <c r="C200" s="5">
-        <v>38.0</v>
+        <v>85.0</v>
       </c>
       <c r="D200" s="6" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="3">
-        <v>4944</v>
+        <v>4946</v>
       </c>
       <c r="B201" t="s">
         <v>402</v>
       </c>
       <c r="C201" s="5">
-        <v>85.0</v>
+        <v>15.0</v>
       </c>
       <c r="D201" s="6" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="3">
-        <v>4946</v>
+        <v>4947</v>
       </c>
       <c r="B202" t="s">
         <v>404</v>
       </c>
       <c r="C202" s="5">
-        <v>15.0</v>
+        <v>175.0</v>
       </c>
       <c r="D202" s="6" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="3">
-        <v>4947</v>
+        <v>4950</v>
       </c>
       <c r="B203" t="s">
         <v>406</v>
       </c>
       <c r="C203" s="5">
-        <v>175.0</v>
+        <v>550.0</v>
       </c>
       <c r="D203" s="6" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="3">
-        <v>4950</v>
+        <v>4951</v>
       </c>
       <c r="B204" t="s">
         <v>408</v>
       </c>
       <c r="C204" s="5">
-        <v>550.0</v>
+        <v>165.0</v>
       </c>
       <c r="D204" s="6" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="3">
-        <v>4951</v>
+        <v>4953</v>
       </c>
       <c r="B205" t="s">
         <v>410</v>
       </c>
       <c r="C205" s="5">
-        <v>165.0</v>
+        <v>70.0</v>
       </c>
       <c r="D205" s="6" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="3">
-        <v>4953</v>
+        <v>4954</v>
       </c>
       <c r="B206" t="s">
         <v>412</v>
       </c>
       <c r="C206" s="5">
-        <v>70.0</v>
+        <v>29.5</v>
       </c>
       <c r="D206" s="6" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="3">
-        <v>4954</v>
+        <v>4955</v>
       </c>
       <c r="B207" t="s">
         <v>414</v>
       </c>
       <c r="C207" s="5">
-        <v>29.5</v>
+        <v>11.8</v>
       </c>
       <c r="D207" s="6" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="3">
-        <v>4955</v>
+        <v>4956</v>
       </c>
       <c r="B208" t="s">
         <v>416</v>
       </c>
       <c r="C208" s="5">
         <v>11.8</v>
       </c>
       <c r="D208" s="6" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="3">
-        <v>4956</v>
+        <v>4958</v>
       </c>
       <c r="B209" t="s">
         <v>418</v>
       </c>
       <c r="C209" s="5">
-        <v>11.8</v>
+        <v>85.0</v>
       </c>
       <c r="D209" s="6" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="3">
-        <v>4958</v>
+        <v>4959</v>
       </c>
       <c r="B210" t="s">
         <v>420</v>
       </c>
       <c r="C210" s="5">
-        <v>85.0</v>
+        <v>18.0</v>
       </c>
       <c r="D210" s="6" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="3">
-        <v>4959</v>
+        <v>4962</v>
       </c>
       <c r="B211" t="s">
         <v>422</v>
       </c>
       <c r="C211" s="5">
-        <v>18.0</v>
+        <v>6.25</v>
       </c>
       <c r="D211" s="6" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="3">
-        <v>4962</v>
+        <v>4963</v>
       </c>
       <c r="B212" t="s">
         <v>424</v>
       </c>
       <c r="C212" s="5">
-        <v>6.25</v>
+        <v>41.3</v>
       </c>
       <c r="D212" s="6" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="3">
-        <v>4963</v>
+        <v>4964</v>
       </c>
       <c r="B213" t="s">
         <v>426</v>
       </c>
       <c r="C213" s="5">
-        <v>41.3</v>
+        <v>47.2</v>
       </c>
       <c r="D213" s="6" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="3">
-        <v>4964</v>
+        <v>4965</v>
       </c>
       <c r="B214" t="s">
         <v>428</v>
       </c>
       <c r="C214" s="5">
-        <v>47.2</v>
+        <v>59.0</v>
       </c>
       <c r="D214" s="6" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="3">
-        <v>4965</v>
+        <v>4736</v>
       </c>
       <c r="B215" t="s">
         <v>430</v>
       </c>
       <c r="C215" s="5">
-        <v>59.0</v>
+        <v>45.0</v>
       </c>
       <c r="D215" s="6" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="3">
-        <v>4736</v>
+        <v>4870</v>
       </c>
       <c r="B216" t="s">
         <v>432</v>
       </c>
       <c r="C216" s="5">
-        <v>45.0</v>
+        <v>46.0</v>
       </c>
       <c r="D216" s="6" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="3">
-        <v>4870</v>
+        <v>4873</v>
       </c>
       <c r="B217" t="s">
         <v>434</v>
       </c>
       <c r="C217" s="5">
-        <v>46.0</v>
+        <v>12.0</v>
       </c>
       <c r="D217" s="6" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="3">
-        <v>4873</v>
+        <v>4891</v>
       </c>
       <c r="B218" t="s">
         <v>436</v>
       </c>
       <c r="C218" s="5">
-        <v>12.0</v>
+        <v>35.0</v>
       </c>
       <c r="D218" s="6" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="3">
-        <v>4891</v>
+        <v>4904</v>
       </c>
       <c r="B219" t="s">
         <v>438</v>
       </c>
       <c r="C219" s="5">
-        <v>35.0</v>
+        <v>12.0</v>
       </c>
       <c r="D219" s="6" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="3">
-        <v>4904</v>
+        <v>4907</v>
       </c>
       <c r="B220" t="s">
         <v>440</v>
       </c>
       <c r="C220" s="5">
-        <v>12.0</v>
+        <v>9.25</v>
       </c>
       <c r="D220" s="6" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="3">
-        <v>4907</v>
+        <v>4909</v>
       </c>
       <c r="B221" t="s">
         <v>442</v>
       </c>
       <c r="C221" s="5">
-        <v>9.25</v>
+        <v>21.24</v>
       </c>
       <c r="D221" s="6" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="3">
-        <v>4909</v>
+        <v>4910</v>
       </c>
       <c r="B222" t="s">
         <v>444</v>
       </c>
       <c r="C222" s="5">
-        <v>21.24</v>
+        <v>2.75</v>
       </c>
       <c r="D222" s="6" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="3">
-        <v>4910</v>
+        <v>4911</v>
       </c>
       <c r="B223" t="s">
         <v>446</v>
       </c>
       <c r="C223" s="5">
-        <v>2.75</v>
+        <v>14.75</v>
       </c>
       <c r="D223" s="6" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="3">
-        <v>4911</v>
+        <v>4912</v>
       </c>
       <c r="B224" t="s">
         <v>448</v>
       </c>
       <c r="C224" s="5">
-        <v>14.75</v>
+        <v>11.8</v>
       </c>
       <c r="D224" s="6" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="3">
-        <v>4912</v>
+        <v>4913</v>
       </c>
       <c r="B225" t="s">
         <v>450</v>
       </c>
       <c r="C225" s="5">
-        <v>11.8</v>
+        <v>2.25</v>
       </c>
       <c r="D225" s="6" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="3">
-        <v>4913</v>
+        <v>4915</v>
       </c>
       <c r="B226" t="s">
         <v>452</v>
       </c>
       <c r="C226" s="5">
-        <v>2.25</v>
+        <v>160.0</v>
       </c>
       <c r="D226" s="6" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="3">
-        <v>4915</v>
+        <v>4918</v>
       </c>
       <c r="B227" t="s">
         <v>454</v>
       </c>
       <c r="C227" s="5">
-        <v>160.0</v>
+        <v>5.31</v>
       </c>
       <c r="D227" s="6" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="3">
-        <v>4918</v>
+        <v>4919</v>
       </c>
       <c r="B228" t="s">
         <v>456</v>
       </c>
       <c r="C228" s="5">
-        <v>5.31</v>
+        <v>12.0</v>
       </c>
       <c r="D228" s="6" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="3">
-        <v>4919</v>
+        <v>4920</v>
       </c>
       <c r="B229" t="s">
         <v>458</v>
       </c>
       <c r="C229" s="5">
-        <v>12.0</v>
+        <v>17.7</v>
       </c>
       <c r="D229" s="6" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="3">
-        <v>4920</v>
+        <v>4921</v>
       </c>
       <c r="B230" t="s">
         <v>460</v>
       </c>
       <c r="C230" s="5">
-        <v>17.7</v>
+        <v>32.0</v>
       </c>
       <c r="D230" s="6" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="3">
-        <v>4921</v>
+        <v>4924</v>
       </c>
       <c r="B231" t="s">
         <v>462</v>
       </c>
       <c r="C231" s="5">
-        <v>32.0</v>
+        <v>79.0</v>
       </c>
       <c r="D231" s="6" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="3">
-        <v>4924</v>
+        <v>4927</v>
       </c>
       <c r="B232" t="s">
         <v>464</v>
       </c>
       <c r="C232" s="5">
-        <v>79.0</v>
+        <v>22.25</v>
       </c>
       <c r="D232" s="6" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" s="3">
-        <v>4927</v>
+        <v>4928</v>
       </c>
       <c r="B233" t="s">
         <v>466</v>
       </c>
       <c r="C233" s="5">
-        <v>22.25</v>
+        <v>15.0</v>
       </c>
       <c r="D233" s="6" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" s="3">
-        <v>4928</v>
+        <v>4929</v>
       </c>
       <c r="B234" t="s">
         <v>468</v>
       </c>
       <c r="C234" s="5">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
       <c r="D234" s="6" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" s="3">
-        <v>4929</v>
+        <v>4905</v>
       </c>
       <c r="B235" t="s">
         <v>470</v>
       </c>
       <c r="C235" s="5">
-        <v>9.0</v>
+        <v>48.0</v>
       </c>
       <c r="D235" s="6" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" s="3">
-        <v>4905</v>
+        <v>4109</v>
       </c>
       <c r="B236" t="s">
         <v>472</v>
       </c>
       <c r="C236" s="5">
-        <v>48.0</v>
+        <v>65.0</v>
       </c>
       <c r="D236" s="6" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" s="3">
-        <v>4109</v>
+        <v>4902</v>
       </c>
       <c r="B237" t="s">
         <v>474</v>
       </c>
       <c r="C237" s="5">
-        <v>65.0</v>
+        <v>225.0</v>
       </c>
       <c r="D237" s="6" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" s="3">
-        <v>4902</v>
+        <v>4932</v>
       </c>
       <c r="B238" t="s">
         <v>476</v>
       </c>
       <c r="C238" s="5">
-        <v>225.0</v>
+        <v>14.16</v>
       </c>
       <c r="D238" s="6" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" s="3">
-        <v>4932</v>
+        <v>3832</v>
       </c>
       <c r="B239" t="s">
         <v>478</v>
       </c>
       <c r="C239" s="5">
-        <v>14.16</v>
+        <v>48.0</v>
       </c>
       <c r="D239" s="6" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" s="3">
-        <v>3832</v>
+        <v>4347</v>
       </c>
       <c r="B240" t="s">
         <v>480</v>
       </c>
       <c r="C240" s="5">
-        <v>48.0</v>
+        <v>25.0</v>
       </c>
       <c r="D240" s="6" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" s="3">
-        <v>4347</v>
+        <v>4872</v>
       </c>
       <c r="B241" t="s">
         <v>482</v>
       </c>
       <c r="C241" s="5">
-        <v>25.0</v>
+        <v>98.0</v>
       </c>
       <c r="D241" s="6" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" s="3">
-        <v>4872</v>
+        <v>4894</v>
       </c>
       <c r="B242" t="s">
         <v>484</v>
       </c>
       <c r="C242" s="5">
-        <v>98.0</v>
+        <v>8.85</v>
       </c>
       <c r="D242" s="6" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" s="3">
-        <v>4894</v>
+        <v>4878</v>
       </c>
       <c r="B243" t="s">
         <v>486</v>
       </c>
       <c r="C243" s="5">
-        <v>8.85</v>
+        <v>4.72</v>
       </c>
       <c r="D243" s="6" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" s="3">
-        <v>4878</v>
+        <v>4863</v>
       </c>
       <c r="B244" t="s">
         <v>488</v>
       </c>
       <c r="C244" s="5">
-        <v>4.72</v>
+        <v>85.0</v>
       </c>
       <c r="D244" s="6" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" s="3">
-        <v>4863</v>
+        <v>4867</v>
       </c>
       <c r="B245" t="s">
         <v>490</v>
       </c>
       <c r="C245" s="5">
-        <v>85.0</v>
+        <v>77.0</v>
       </c>
       <c r="D245" s="6" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" s="3">
-        <v>4867</v>
+        <v>4812</v>
       </c>
       <c r="B246" t="s">
         <v>492</v>
       </c>
       <c r="C246" s="5">
-        <v>77.0</v>
+        <v>2.36</v>
       </c>
       <c r="D246" s="6" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" s="3">
-        <v>4812</v>
+        <v>4810</v>
       </c>
       <c r="B247" t="s">
         <v>494</v>
       </c>
       <c r="C247" s="5">
-        <v>2.36</v>
+        <v>14.25</v>
       </c>
       <c r="D247" s="6" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" s="3">
-        <v>4810</v>
+        <v>4811</v>
       </c>
       <c r="B248" t="s">
         <v>496</v>
       </c>
       <c r="C248" s="5">
-        <v>14.25</v>
+        <v>12.0</v>
       </c>
       <c r="D248" s="6" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="3">
-        <v>4811</v>
+        <v>4813</v>
       </c>
       <c r="B249" t="s">
         <v>498</v>
       </c>
       <c r="C249" s="5">
-        <v>12.0</v>
+        <v>350.0</v>
       </c>
       <c r="D249" s="6" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" s="3">
-        <v>4813</v>
+        <v>6099</v>
       </c>
       <c r="B250" t="s">
         <v>500</v>
       </c>
       <c r="C250" s="5">
-        <v>350.0</v>
+        <v>9.44</v>
       </c>
       <c r="D250" s="6" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" s="3">
-        <v>6099</v>
+        <v>4720</v>
       </c>
       <c r="B251" t="s">
         <v>502</v>
       </c>
       <c r="C251" s="5">
-        <v>9.44</v>
+        <v>145.0</v>
       </c>
       <c r="D251" s="6" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" s="3">
-        <v>4720</v>
+        <v>4739</v>
       </c>
       <c r="B252" t="s">
         <v>504</v>
       </c>
       <c r="C252" s="5">
-        <v>125.0</v>
+        <v>109.0</v>
       </c>
       <c r="D252" s="6" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" s="3">
-        <v>4739</v>
+        <v>4686</v>
       </c>
       <c r="B253" t="s">
         <v>506</v>
       </c>
       <c r="C253" s="5">
-        <v>109.0</v>
+        <v>35.4</v>
       </c>
       <c r="D253" s="6" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" s="3">
-        <v>4686</v>
+        <v>4700</v>
       </c>
       <c r="B254" t="s">
         <v>508</v>
       </c>
       <c r="C254" s="5">
-        <v>35.4</v>
+        <v>28.0</v>
       </c>
       <c r="D254" s="6" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" s="3">
-        <v>4700</v>
+        <v>4021</v>
       </c>
       <c r="B255" t="s">
         <v>510</v>
       </c>
       <c r="C255" s="5">
-        <v>28.0</v>
+        <v>65.0</v>
       </c>
       <c r="D255" s="6" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" s="3">
-        <v>4021</v>
+        <v>4640</v>
       </c>
       <c r="B256" t="s">
         <v>512</v>
       </c>
       <c r="C256" s="5">
-        <v>65.0</v>
+        <v>125.0</v>
       </c>
       <c r="D256" s="6" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" s="3">
-        <v>4640</v>
+        <v>4195</v>
       </c>
       <c r="B257" t="s">
         <v>514</v>
       </c>
       <c r="C257" s="5">
-        <v>125.0</v>
+        <v>24.5</v>
       </c>
       <c r="D257" s="6" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" s="3">
-        <v>4195</v>
+        <v>4633</v>
       </c>
       <c r="B258" t="s">
         <v>516</v>
       </c>
       <c r="C258" s="5">
-        <v>24.5</v>
+        <v>185.0</v>
       </c>
       <c r="D258" s="6" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" s="3">
-        <v>4633</v>
+        <v>4307</v>
       </c>
       <c r="B259" t="s">
         <v>518</v>
       </c>
       <c r="C259" s="5">
-        <v>185.0</v>
+        <v>5.25</v>
       </c>
       <c r="D259" s="6" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" s="3">
-        <v>4307</v>
+        <v>4014</v>
       </c>
       <c r="B260" t="s">
         <v>520</v>
       </c>
       <c r="C260" s="5">
-        <v>5.25</v>
+        <v>77.0</v>
       </c>
       <c r="D260" s="6" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" s="3">
-        <v>4014</v>
+        <v>3885</v>
       </c>
       <c r="B261" t="s">
         <v>522</v>
       </c>
       <c r="C261" s="5">
-        <v>77.0</v>
+        <v>9.25</v>
       </c>
       <c r="D261" s="6" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" s="3">
-        <v>3885</v>
+        <v>4615</v>
       </c>
       <c r="B262" t="s">
         <v>524</v>
       </c>
       <c r="C262" s="5">
-        <v>9.25</v>
+        <v>9.0</v>
       </c>
       <c r="D262" s="6" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" s="3">
-        <v>4615</v>
+        <v>4245</v>
       </c>
       <c r="B263" t="s">
         <v>526</v>
       </c>
       <c r="C263" s="5">
-        <v>9.0</v>
+        <v>18.0</v>
       </c>
       <c r="D263" s="6" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" s="3">
-        <v>4245</v>
+        <v>4172</v>
       </c>
       <c r="B264" t="s">
         <v>528</v>
       </c>
       <c r="C264" s="5">
-        <v>18.0</v>
+        <v>1.25</v>
       </c>
       <c r="D264" s="6" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" s="3">
-        <v>4172</v>
+        <v>4435</v>
       </c>
       <c r="B265" t="s">
         <v>530</v>
       </c>
       <c r="C265" s="5">
-        <v>1.25</v>
+        <v>24.0</v>
       </c>
       <c r="D265" s="6" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" s="3">
-        <v>4435</v>
+        <v>5203</v>
       </c>
       <c r="B266" t="s">
         <v>532</v>
       </c>
       <c r="C266" s="5">
-        <v>24.0</v>
+        <v>2.36</v>
       </c>
       <c r="D266" s="6" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" s="3">
-        <v>5203</v>
+        <v>3004</v>
       </c>
       <c r="B267" t="s">
         <v>534</v>
       </c>
       <c r="C267" s="5">
-        <v>2.36</v>
+        <v>25.96</v>
       </c>
       <c r="D267" s="6" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" s="3">
-        <v>3004</v>
+        <v>4571</v>
       </c>
       <c r="B268" t="s">
         <v>536</v>
       </c>
       <c r="C268" s="5">
-        <v>25.96</v>
+        <v>8.75</v>
       </c>
       <c r="D268" s="6" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" s="3">
-        <v>4571</v>
+        <v>3656</v>
       </c>
       <c r="B269" t="s">
         <v>538</v>
       </c>
       <c r="C269" s="5">
-        <v>8.75</v>
+        <v>43.5</v>
       </c>
       <c r="D269" s="6" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" s="3">
-        <v>3656</v>
+        <v>4547</v>
       </c>
       <c r="B270" t="s">
         <v>540</v>
       </c>
       <c r="C270" s="5">
-        <v>43.5</v>
+        <v>125.0</v>
       </c>
       <c r="D270" s="6" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" s="3">
-        <v>4547</v>
+        <v>4549</v>
       </c>
       <c r="B271" t="s">
         <v>542</v>
       </c>
       <c r="C271" s="5">
-        <v>125.0</v>
+        <v>2.25</v>
       </c>
       <c r="D271" s="6" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" s="3">
-        <v>4549</v>
+        <v>3846</v>
       </c>
       <c r="B272" t="s">
         <v>544</v>
       </c>
       <c r="C272" s="5">
-        <v>2.25</v>
+        <v>125.0</v>
       </c>
       <c r="D272" s="6" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" s="3">
-        <v>3846</v>
+        <v>4263</v>
       </c>
       <c r="B273" t="s">
         <v>546</v>
       </c>
       <c r="C273" s="5">
-        <v>125.0</v>
+        <v>15.0</v>
       </c>
       <c r="D273" s="6" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" s="3">
-        <v>4263</v>
+        <v>3875</v>
       </c>
       <c r="B274" t="s">
         <v>548</v>
       </c>
       <c r="C274" s="5">
-        <v>15.0</v>
+        <v>40.0</v>
       </c>
       <c r="D274" s="6" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" s="3">
-        <v>3875</v>
+        <v>4516</v>
       </c>
       <c r="B275" t="s">
         <v>550</v>
       </c>
       <c r="C275" s="5">
-        <v>40.0</v>
+        <v>8.25</v>
       </c>
       <c r="D275" s="6" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" s="3">
-        <v>4516</v>
+        <v>4397</v>
       </c>
       <c r="B276" t="s">
         <v>552</v>
       </c>
       <c r="C276" s="5">
-        <v>8.25</v>
+        <v>36.0</v>
       </c>
       <c r="D276" s="6" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" s="3">
-        <v>4397</v>
+        <v>4444</v>
       </c>
       <c r="B277" t="s">
         <v>554</v>
       </c>
       <c r="C277" s="5">
-        <v>36.0</v>
+        <v>48.0</v>
       </c>
       <c r="D277" s="6" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" s="3">
-        <v>4444</v>
+        <v>4448</v>
       </c>
       <c r="B278" t="s">
         <v>556</v>
       </c>
       <c r="C278" s="5">
-        <v>48.0</v>
+        <v>11.8</v>
       </c>
       <c r="D278" s="6" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" s="3">
-        <v>4448</v>
+        <v>4480</v>
       </c>
       <c r="B279" t="s">
         <v>558</v>
       </c>
       <c r="C279" s="5">
-        <v>11.8</v>
+        <v>22.0</v>
       </c>
       <c r="D279" s="6" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" s="3">
-        <v>4480</v>
+        <v>4455</v>
       </c>
       <c r="B280" t="s">
         <v>560</v>
       </c>
       <c r="C280" s="5">
-        <v>22.0</v>
+        <v>1.25</v>
       </c>
       <c r="D280" s="6" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" s="3">
-        <v>4455</v>
+        <v>3744</v>
       </c>
       <c r="B281" t="s">
         <v>562</v>
       </c>
       <c r="C281" s="5">
-        <v>1.25</v>
+        <v>175.0</v>
       </c>
       <c r="D281" s="6" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" s="3">
-        <v>3744</v>
+        <v>4099</v>
       </c>
       <c r="B282" t="s">
         <v>564</v>
       </c>
       <c r="C282" s="5">
-        <v>175.0</v>
+        <v>14.16</v>
       </c>
       <c r="D282" s="6" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" s="3">
-        <v>4099</v>
+        <v>3862</v>
       </c>
       <c r="B283" t="s">
         <v>566</v>
       </c>
       <c r="C283" s="5">
-        <v>14.16</v>
+        <v>23.6</v>
       </c>
       <c r="D283" s="6" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" s="3">
-        <v>3862</v>
+        <v>4111</v>
       </c>
       <c r="B284" t="s">
         <v>568</v>
       </c>
       <c r="C284" s="5">
-        <v>23.6</v>
+        <v>1.85</v>
       </c>
       <c r="D284" s="6" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="3">
-        <v>4111</v>
+        <v>3864</v>
       </c>
       <c r="B285" t="s">
         <v>570</v>
       </c>
       <c r="C285" s="5">
-        <v>1.85</v>
+        <v>8.0</v>
       </c>
       <c r="D285" s="6" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="3">
-        <v>3864</v>
+        <v>3887</v>
       </c>
       <c r="B286" t="s">
         <v>572</v>
       </c>
       <c r="C286" s="5">
-        <v>8.0</v>
+        <v>30.0</v>
       </c>
       <c r="D286" s="6" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="3">
-        <v>3887</v>
+        <v>4137</v>
       </c>
       <c r="B287" t="s">
         <v>574</v>
       </c>
       <c r="C287" s="5">
-        <v>30.0</v>
+        <v>1.3</v>
       </c>
       <c r="D287" s="6" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="3">
-        <v>4137</v>
+        <v>4140</v>
       </c>
       <c r="B288" t="s">
         <v>576</v>
       </c>
       <c r="C288" s="5">
-        <v>1.3</v>
+        <v>1.95</v>
       </c>
       <c r="D288" s="6" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="3">
-        <v>4140</v>
+        <v>4392</v>
       </c>
       <c r="B289" t="s">
         <v>578</v>
       </c>
       <c r="C289" s="5">
-        <v>1.95</v>
+        <v>9.25</v>
       </c>
       <c r="D289" s="6" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="3">
-        <v>4392</v>
+        <v>3937</v>
       </c>
       <c r="B290" t="s">
         <v>580</v>
       </c>
       <c r="C290" s="5">
-        <v>9.25</v>
+        <v>16.0</v>
       </c>
       <c r="D290" s="6" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="3">
-        <v>3937</v>
+        <v>4447</v>
       </c>
       <c r="B291" t="s">
         <v>582</v>
       </c>
       <c r="C291" s="5">
-        <v>16.0</v>
+        <v>3.25</v>
       </c>
       <c r="D291" s="6" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="3">
-        <v>4447</v>
+        <v>3965</v>
       </c>
       <c r="B292" t="s">
         <v>584</v>
       </c>
       <c r="C292" s="5">
-        <v>3.25</v>
+        <v>1.3</v>
       </c>
       <c r="D292" s="6" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="3">
-        <v>3965</v>
+        <v>3979</v>
       </c>
       <c r="B293" t="s">
         <v>586</v>
       </c>
       <c r="C293" s="5">
-        <v>1.3</v>
+        <v>260.0</v>
       </c>
       <c r="D293" s="6" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="3">
-        <v>3979</v>
+        <v>4004</v>
       </c>
       <c r="B294" t="s">
         <v>588</v>
       </c>
       <c r="C294" s="5">
-        <v>260.0</v>
+        <v>9.25</v>
       </c>
       <c r="D294" s="6" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="3">
-        <v>4004</v>
+        <v>4252</v>
       </c>
       <c r="B295" t="s">
         <v>590</v>
       </c>
       <c r="C295" s="5">
-        <v>9.25</v>
+        <v>15.0</v>
       </c>
       <c r="D295" s="6" t="s">
         <v>591</v>
-      </c>
-[...12 lines deleted...]
-        <v>593</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_21"/>
@@ -6615,51 +6595,50 @@
     <hyperlink ref="D271" r:id="rId_hyperlink_269"/>
     <hyperlink ref="D272" r:id="rId_hyperlink_270"/>
     <hyperlink ref="D273" r:id="rId_hyperlink_271"/>
     <hyperlink ref="D274" r:id="rId_hyperlink_272"/>
     <hyperlink ref="D275" r:id="rId_hyperlink_273"/>
     <hyperlink ref="D276" r:id="rId_hyperlink_274"/>
     <hyperlink ref="D277" r:id="rId_hyperlink_275"/>
     <hyperlink ref="D278" r:id="rId_hyperlink_276"/>
     <hyperlink ref="D279" r:id="rId_hyperlink_277"/>
     <hyperlink ref="D280" r:id="rId_hyperlink_278"/>
     <hyperlink ref="D281" r:id="rId_hyperlink_279"/>
     <hyperlink ref="D282" r:id="rId_hyperlink_280"/>
     <hyperlink ref="D283" r:id="rId_hyperlink_281"/>
     <hyperlink ref="D284" r:id="rId_hyperlink_282"/>
     <hyperlink ref="D285" r:id="rId_hyperlink_283"/>
     <hyperlink ref="D286" r:id="rId_hyperlink_284"/>
     <hyperlink ref="D287" r:id="rId_hyperlink_285"/>
     <hyperlink ref="D288" r:id="rId_hyperlink_286"/>
     <hyperlink ref="D289" r:id="rId_hyperlink_287"/>
     <hyperlink ref="D290" r:id="rId_hyperlink_288"/>
     <hyperlink ref="D291" r:id="rId_hyperlink_289"/>
     <hyperlink ref="D292" r:id="rId_hyperlink_290"/>
     <hyperlink ref="D293" r:id="rId_hyperlink_291"/>
     <hyperlink ref="D294" r:id="rId_hyperlink_292"/>
     <hyperlink ref="D295" r:id="rId_hyperlink_293"/>
-    <hyperlink ref="D296" r:id="rId_hyperlink_294"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>