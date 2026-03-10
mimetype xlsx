--- v2 (2026-01-21)
+++ v3 (2026-03-10)
@@ -37,201 +37,201 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="592">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/active-components?page=5&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Jan-2026 16:47:28</t>
+    <t>10-Mar-2026 20:47:28</t>
   </si>
   <si>
     <t>STM32F030C8T6 LQFP48 ARM Cortex M0 MCU 64kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7220</t>
   </si>
   <si>
     <t>STM32F030C6T6 LQFP48 ARM Cortex M0 MCU 32kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7221</t>
   </si>
   <si>
     <t>STM32F030F4P6 TSSOP20 ARM Cortex M0 MCU 16kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7222</t>
   </si>
   <si>
     <t>STM32F103RCT6 LQFP64 ARM Cortex M 32bit MCU 256kB 72Mhz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7223</t>
   </si>
   <si>
     <t>SS16 SMA Schottky Diode</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5920</t>
   </si>
   <si>
     <t>ES1J SMA Super Fast Recovery Diode</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5926</t>
   </si>
   <si>
     <t>US2M SMA 2A 1kV High Efficient Rectifier Diode</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5928</t>
   </si>
   <si>
+    <t>SS24 SMA Schottky Diode</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5935</t>
+  </si>
+  <si>
+    <t>SS210A SMA Schottky Diode</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6215</t>
+  </si>
+  <si>
+    <t>S1MF SMAF 1A 1kV General Purpose Diode</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6216</t>
+  </si>
+  <si>
+    <t>M7F SMAF 1A 1kV General Purpose Diode</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6217</t>
+  </si>
+  <si>
+    <t>12V 0.5W BZV55C12 Zener Glass Package LL-34 SOD80</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5923</t>
+  </si>
+  <si>
+    <t>27V 0.5W BZV55C27 Zener Glass Package LL-34 SOD80</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5924</t>
+  </si>
+  <si>
+    <t>18V 0.5W BZV55C18 Zener Glass Package LL-34 SOD80</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5930</t>
+  </si>
+  <si>
+    <t>2.4V 0.5W BZV55C2V4 Zener Glass Package LL-34 SOD80</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5932</t>
+  </si>
+  <si>
+    <t>5.1V 0.5W BZV55C5V1 Zener Glass Package LL-34 SOD80</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5933</t>
+  </si>
+  <si>
+    <t>4.7V 0.5W BZV55C4V7 Zener Glass Package LL-34 SOD80</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6219</t>
+  </si>
+  <si>
+    <t>3.3V 0.5W BZV55C3V3 Zener Glass Package LL-34 SOD80</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6221</t>
+  </si>
+  <si>
+    <t>5.6V 0.5W BZV55C5V6 Zener Glass Package LL-34 SOD80</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6359</t>
+  </si>
+  <si>
+    <t>10V 0.5W BZV55C10 Zener Glass Package LL-34 SOD80</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6360</t>
+  </si>
+  <si>
+    <t>78M05 TO252 D-PAK SMD 1A 5V Linear Voltage Regulator</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4563</t>
+  </si>
+  <si>
+    <t>ABS10 1A 1kV SMD Diode Bridge</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5919</t>
+  </si>
+  <si>
+    <t>ES1JF SMAF 600V 1A SMD Super Fast Rectifier</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5925</t>
+  </si>
+  <si>
+    <t>RS1MF SMAF 1kV 1A Fast Recovery Diode</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5927</t>
+  </si>
+  <si>
     <t>S1M SMA 1A 1kV General Purpose Diode</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5929</t>
-  </si>
-[...100 lines deleted...]
-    <t>https://www.sunrom.com/m/5927</t>
   </si>
   <si>
     <t>SS8050 Y1 NPN SOT23 SMD 1.5A 40V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5063</t>
   </si>
   <si>
     <t>SS8550 Y2 PNP SOT23 SMD 1.5A 40V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5064</t>
   </si>
   <si>
     <t>FR107L F7 SOD123FL Fast Recovery Diode</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5266</t>
   </si>
   <si>
     <t>MMBT2222A SOT23 Hottech BJT NPN 600MA 40V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6364</t>
   </si>
@@ -2159,51 +2159,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/active-components?page=5&amp;per-page=48" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7221" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7222" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7223" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5920" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5926" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5928" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5929" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5935" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6215" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6216" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6217" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5923" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5924" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5930" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5932" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5933" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6219" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6221" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6359" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6360" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4563" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5919" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5925" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5927" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5063" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5064" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5266" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6364" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5058" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5065" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7206" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7208" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7209" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7210" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3915" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4418" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5592" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7207" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3983" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7173" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3917" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4022" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6363" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6365" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6366" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6367" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7142" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5364" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5363" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3982" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6361" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5921" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5922" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7165" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5918" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7117" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7089" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4620" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3397" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3471" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3624" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3665" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4511" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5308" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4687" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7139" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7129" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7130" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7131" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7132" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7128" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7137" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7087" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7078" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7079" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4895" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7060" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3178" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7073" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5396" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4807" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4430" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6953" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5246" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6942" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6946" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6941" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6943" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6944" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6945" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6683" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6684" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6685" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6679" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6680" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6681" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6682" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6624" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6622" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6621" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6630" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6605" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6606" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6462" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6459" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4737" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6239" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6223" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6224" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6186" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6171" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6161" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6162" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6163" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6164" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6165" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6166" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6167" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6147" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6112" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6057" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4556" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5992" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4916" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4926" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5910" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5911" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4879" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5931" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5694" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5695" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5696" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5697" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5693" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5539" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5177" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5568" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5569" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5570" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5386" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5402" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5377" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5374" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5538" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5540" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5390" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5378" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5383" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5385" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6249" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5379" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5375" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4808" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5403" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5820" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5479" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3958" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5292" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5342" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5306" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5307" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5293" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5249" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5131" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4876" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4898" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5072" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5075" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5076" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5080" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5083" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5084" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5086" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5081" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5082" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5053" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5071" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5077" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4823" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5078" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5079" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5085" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5087" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5089" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5090" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5091" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5092" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4769" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4107" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4184" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4938" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4939" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4941" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4942" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4943" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4944" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4946" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4947" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4950" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4951" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4953" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4954" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4955" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4956" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4958" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4959" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4962" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4963" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4964" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4965" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4736" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4870" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4873" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4891" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4904" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4907" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4909" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4910" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4911" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4912" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4913" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4915" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4918" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4919" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4920" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4921" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4924" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4927" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4928" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4929" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4905" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4109" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4902" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4932" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3832" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4347" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4872" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4894" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4878" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4863" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4867" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4812" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4810" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4811" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4813" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6099" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4720" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4739" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4686" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4700" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4021" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4640" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4195" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4633" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4307" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4014" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3885" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4615" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4245" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4172" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4435" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5203" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3004" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4571" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3656" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4547" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4549" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3846" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4263" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3875" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4516" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4397" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4444" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4448" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4480" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4455" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3744" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4099" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3862" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4111" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3864" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3887" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4137" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4140" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4392" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3937" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4447" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3965" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3979" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4004" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4252" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/active-components?page=5&amp;per-page=48" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7221" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7222" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7223" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5920" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5926" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5928" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5935" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6215" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6216" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6217" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5923" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5924" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5930" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5932" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5933" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6219" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6221" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6359" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6360" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4563" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5919" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5925" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5927" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5929" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5063" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5064" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5266" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6364" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5058" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5065" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7206" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7208" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7209" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7210" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3915" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4418" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5592" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7207" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3983" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7173" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3917" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4022" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6363" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6365" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6366" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6367" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7142" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5364" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5363" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3982" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6361" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5921" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5922" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7165" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5918" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7117" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7089" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4620" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3397" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3471" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3624" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3665" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4511" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5308" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4687" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7139" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7129" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7130" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7131" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7132" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7128" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7137" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7087" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7078" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7079" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4895" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7060" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3178" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7073" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5396" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4807" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4430" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6953" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5246" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6942" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6946" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6941" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6943" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6944" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6945" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6683" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6684" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6685" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6679" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6680" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6681" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6682" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6624" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6622" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6621" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6630" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6605" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6606" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6462" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6459" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4737" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6239" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6223" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6224" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6186" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6171" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6161" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6162" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6163" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6164" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6165" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6166" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6167" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6147" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6112" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6057" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4556" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5992" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4916" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4926" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5910" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5911" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4879" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5931" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5694" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5695" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5696" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5697" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5693" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5539" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5177" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5568" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5569" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5570" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5386" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5402" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5377" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5374" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5538" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5540" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5390" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5378" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5383" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5385" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6249" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5379" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5375" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4808" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5403" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5820" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5479" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3958" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5292" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5342" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5306" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5307" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5293" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5249" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5131" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4876" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4898" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5072" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5075" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5076" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5080" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5083" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5084" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5086" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5081" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5082" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5053" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5071" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5077" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4823" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5078" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5079" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5085" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5087" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5089" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5090" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5091" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5092" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4769" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4107" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4184" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4938" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4939" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4941" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4942" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4943" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4944" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4946" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4947" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4950" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4951" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4953" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4954" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4955" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4956" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4958" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4959" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4962" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4963" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4964" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4965" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4736" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4870" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4873" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4891" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4904" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4907" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4909" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4910" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4911" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4912" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4913" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4915" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4918" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4919" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4920" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4921" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4924" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4927" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4928" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4929" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4905" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4109" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4902" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4932" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3832" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4347" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4872" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4894" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4878" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4863" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4867" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4812" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4810" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4811" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4813" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6099" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4720" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4739" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4686" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4700" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4021" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4640" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4195" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4633" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4307" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4014" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3885" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4615" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4245" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4172" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4435" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5203" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3004" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4571" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3656" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4547" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4549" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3846" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4263" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3875" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4516" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4397" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4444" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4448" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4480" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4455" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3744" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4099" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3862" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4111" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3864" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3887" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4137" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4140" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4392" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3937" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4447" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3965" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3979" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4004" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4252" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D295"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D295" sqref="D295"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
@@ -2312,289 +2312,289 @@
         <v>18</v>
       </c>
       <c r="C9" s="5">
         <v>1.25</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>5928</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
         <v>2.15</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
-        <v>5929</v>
+        <v>5935</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
-        <v>1.25</v>
+        <v>2.25</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
-        <v>5935</v>
+        <v>6215</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
         <v>2.25</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
-        <v>6215</v>
+        <v>6216</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>2.25</v>
+        <v>1.25</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
-        <v>6216</v>
+        <v>6217</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
         <v>1.25</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
-        <v>6217</v>
+        <v>5923</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
-        <v>5923</v>
+        <v>5924</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
         <v>1.35</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
-        <v>5924</v>
+        <v>5930</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
         <v>1.35</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
-        <v>5930</v>
+        <v>5932</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5">
         <v>1.35</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
-        <v>5932</v>
+        <v>5933</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
         <v>1.35</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
-        <v>5933</v>
+        <v>6219</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="5">
         <v>1.35</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="3">
-        <v>6219</v>
+        <v>6221</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="5">
         <v>1.35</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="3">
-        <v>6221</v>
+        <v>6359</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="5">
         <v>1.35</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3">
-        <v>6359</v>
+        <v>6360</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="5">
         <v>1.35</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="3">
-        <v>6360</v>
+        <v>4563</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="5">
-        <v>1.35</v>
+        <v>11.75</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3">
-        <v>4563</v>
+        <v>5919</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="5">
-        <v>11.75</v>
+        <v>3.25</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
-        <v>5919</v>
+        <v>5925</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
-        <v>3.25</v>
+        <v>1.45</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
-        <v>5925</v>
+        <v>5927</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
-        <v>1.45</v>
+        <v>1.25</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
-        <v>5927</v>
+        <v>5929</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
         <v>1.25</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
         <v>5063</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
         <v>2.75</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
@@ -3550,51 +3550,51 @@
         <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="3">
         <v>6679</v>
       </c>
       <c r="B98" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="5">
         <v>28.0</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="3">
         <v>6680</v>
       </c>
       <c r="B99" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="5">
-        <v>35.0</v>
+        <v>55.0</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="3">
         <v>6681</v>
       </c>
       <c r="B100" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="5">
         <v>15.0</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="3">
         <v>6682</v>
       </c>
       <c r="B101" t="s">
         <v>202</v>
@@ -3746,51 +3746,51 @@
         <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="3">
         <v>6223</v>
       </c>
       <c r="B112" t="s">
         <v>224</v>
       </c>
       <c r="C112" s="5">
         <v>9.44</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="3">
         <v>6224</v>
       </c>
       <c r="B113" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="5">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="3">
         <v>6186</v>
       </c>
       <c r="B114" t="s">
         <v>228</v>
       </c>
       <c r="C114" s="5">
         <v>3.75</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="3">
         <v>6171</v>
       </c>
       <c r="B115" t="s">
         <v>230</v>
@@ -4726,51 +4726,51 @@
         <v>363</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="3">
         <v>5077</v>
       </c>
       <c r="B182" t="s">
         <v>364</v>
       </c>
       <c r="C182" s="5">
         <v>36.0</v>
       </c>
       <c r="D182" s="6" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="3">
         <v>4823</v>
       </c>
       <c r="B183" t="s">
         <v>366</v>
       </c>
       <c r="C183" s="5">
-        <v>138.0</v>
+        <v>175.0</v>
       </c>
       <c r="D183" s="6" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="3">
         <v>5078</v>
       </c>
       <c r="B184" t="s">
         <v>368</v>
       </c>
       <c r="C184" s="5">
         <v>64.0</v>
       </c>
       <c r="D184" s="6" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="3">
         <v>5079</v>
       </c>
       <c r="B185" t="s">
         <v>370</v>
@@ -5020,51 +5020,51 @@
         <v>405</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="3">
         <v>4950</v>
       </c>
       <c r="B203" t="s">
         <v>406</v>
       </c>
       <c r="C203" s="5">
         <v>550.0</v>
       </c>
       <c r="D203" s="6" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="3">
         <v>4951</v>
       </c>
       <c r="B204" t="s">
         <v>408</v>
       </c>
       <c r="C204" s="5">
-        <v>165.0</v>
+        <v>175.0</v>
       </c>
       <c r="D204" s="6" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="3">
         <v>4953</v>
       </c>
       <c r="B205" t="s">
         <v>410</v>
       </c>
       <c r="C205" s="5">
         <v>70.0</v>
       </c>
       <c r="D205" s="6" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="3">
         <v>4954</v>
       </c>
       <c r="B206" t="s">
         <v>412</v>