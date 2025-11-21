--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ac-to-dc-smps</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:09:51</t>
+    <t>21-Nov-2025 06:23:59</t>
   </si>
   <si>
     <t>5V 2.4A 12W DC Adapter with Micro USB Cable</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6362</t>
   </si>
   <si>
     <t>12V 12.5A 150W SMPS Mean Well LRS-150-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5315</t>
   </si>
   <si>
     <t>12V 17A 200W SMPS Mean Well LRS-200-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5316</t>
   </si>
   <si>
     <t>12V 29A 350W SMPS Mean Well LRS-350-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5317</t>
   </si>