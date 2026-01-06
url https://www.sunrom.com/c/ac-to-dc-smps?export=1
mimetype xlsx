--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ac-to-dc-smps</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:23:59</t>
+    <t>06-Jan-2026 09:21:03</t>
   </si>
   <si>
     <t>5V 2.4A 12W DC Adapter with Micro USB Cable</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6362</t>
   </si>
   <si>
     <t>12V 12.5A 150W SMPS Mean Well LRS-150-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5315</t>
   </si>
   <si>
     <t>12V 17A 200W SMPS Mean Well LRS-200-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5316</t>
   </si>
   <si>
     <t>12V 29A 350W SMPS Mean Well LRS-350-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5317</t>
   </si>
@@ -582,51 +582,51 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>6362</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>190.0</v>
+        <v>175.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>5315</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>1675.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>5316</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>