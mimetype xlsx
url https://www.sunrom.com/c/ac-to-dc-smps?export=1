--- v2 (2026-01-06)
+++ v3 (2026-03-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ac-to-dc-smps</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>06-Jan-2026 09:21:03</t>
+    <t>04-Mar-2026 10:44:20</t>
   </si>
   <si>
     <t>5V 2.4A 12W DC Adapter with Micro USB Cable</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6362</t>
   </si>
   <si>
     <t>12V 12.5A 150W SMPS Mean Well LRS-150-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5315</t>
   </si>
   <si>
     <t>12V 17A 200W SMPS Mean Well LRS-200-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5316</t>
   </si>
   <si>
     <t>12V 29A 350W SMPS Mean Well LRS-350-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5317</t>
   </si>