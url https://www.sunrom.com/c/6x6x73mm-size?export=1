--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/6x6x73mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:11:27</t>
+    <t>21-Nov-2025 13:34:10</t>
   </si>
   <si>
     <t>Tactile Switch 6x6x7.3mm RA 2P Square Head 2.4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7684</t>
   </si>
   <si>
     <t>Tactile Switch 6x6x7.3mm SMD 4P Square Head 2.4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7690</t>
   </si>
   <si>
     <t>Tactile Switch 6x6x7.3mm RA TH 2P Square Head 2.4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7692</t>
   </si>
   <si>
     <t>Tactile Switch 6x6x7.3mm TH 4P Square Head 2.4mm Waterproof IP67</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7694</t>
   </si>