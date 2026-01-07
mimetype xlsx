--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/6x6x73mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 13:34:10</t>
+    <t>08-Jan-2026 04:08:45</t>
   </si>
   <si>
     <t>Tactile Switch 6x6x7.3mm RA 2P Square Head 2.4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7684</t>
   </si>
   <si>
     <t>Tactile Switch 6x6x7.3mm SMD 4P Square Head 2.4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7690</t>
   </si>
   <si>
     <t>Tactile Switch 6x6x7.3mm RA TH 2P Square Head 2.4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7692</t>
   </si>
   <si>
     <t>Tactile Switch 6x6x7.3mm TH 4P Square Head 2.4mm Waterproof IP67</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7694</t>
   </si>