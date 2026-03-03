--- v2 (2026-01-07)
+++ v3 (2026-03-03)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/6x6x73mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 04:08:45</t>
+    <t>03-Mar-2026 14:10:57</t>
   </si>
   <si>
     <t>Tactile Switch 6x6x7.3mm RA 2P Square Head 2.4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7684</t>
   </si>
   <si>
     <t>Tactile Switch 6x6x7.3mm SMD 4P Square Head 2.4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7690</t>
   </si>
   <si>
     <t>Tactile Switch 6x6x7.3mm RA TH 2P Square Head 2.4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7692</t>
   </si>
   <si>
     <t>Tactile Switch 6x6x7.3mm TH 4P Square Head 2.4mm Waterproof IP67</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7694</t>
   </si>