--- v0 (2025-11-01)
+++ v1 (2026-01-28)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/6x6x72mm-led</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>01-Nov-2025 17:31:17</t>
+    <t>28-Jan-2026 21:01:33</t>
   </si>
   <si>
     <t>Switch 6x6x7.2mm No LED Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7947</t>
   </si>
   <si>
     <t>Switch 6x6x7.2mm Red LED Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7948</t>
   </si>
   <si>
     <t>Switch 6x6x7.2mm Green LED Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7949</t>
   </si>
   <si>
     <t>Switch 6x6x7.2mm White LED Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7950</t>
   </si>
@@ -558,51 +558,51 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>7947</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>34.0</v>
+        <v>32.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>7948</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>35.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>7949</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
@@ -642,135 +642,135 @@
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>7952</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
         <v>35.0</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>7953</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
-        <v>35.0</v>
+        <v>42.0</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
         <v>7954</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
-        <v>40.0</v>
+        <v>44.0</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
         <v>7955</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
-        <v>41.0</v>
+        <v>44.0</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
         <v>7956</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>39.0</v>
+        <v>44.0</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>7957</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
-        <v>42.0</v>
+        <v>44.0</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
         <v>7958</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>44.0</v>
+        <v>45.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
         <v>7959</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
-        <v>45.0</v>
+        <v>46.0</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
         <v>7939</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
         <v>95.0</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
         <v>7940</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>