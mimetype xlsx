--- v1 (2026-01-28)
+++ v2 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/6x6x72mm-led</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Jan-2026 21:01:33</t>
+    <t>19-Mar-2026 22:43:55</t>
   </si>
   <si>
     <t>Switch 6x6x7.2mm No LED Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7947</t>
   </si>
   <si>
     <t>Switch 6x6x7.2mm Red LED Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7948</t>
   </si>
   <si>
     <t>Switch 6x6x7.2mm Green LED Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7949</t>
   </si>
   <si>
     <t>Switch 6x6x7.2mm White LED Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7950</t>
   </si>