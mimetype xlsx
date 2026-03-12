--- v0 (2026-01-09)
+++ v1 (2026-03-12)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/6x6mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>09-Jan-2026 06:26:04</t>
+    <t>12-Mar-2026 10:47:37</t>
   </si>
   <si>
     <t>Tactile Switch RA SMD 2P 6x6x6mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7683</t>
   </si>
   <si>
     <t>Tactile Switch SMD RA 2P 6x6x6mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7682</t>
   </si>
   <si>
     <t>Tactile Switch TH RA 6x6x4.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7589</t>
   </si>
   <si>
     <t>Tactile Switch TH RA 6x6x5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7590</t>
   </si>
@@ -1140,51 +1140,51 @@
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
         <v>7622</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
         <v>5.9</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
         <v>7623</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>6.09</v>
+        <v>6.25</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
         <v>7624</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
         <v>6.09</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
         <v>7625</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
@@ -1238,51 +1238,51 @@
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
         <v>7629</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
         <v>8.11</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
         <v>7630</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
-        <v>8.62</v>
+        <v>8.75</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
         <v>5825</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
         <v>3.45</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3">
         <v>5826</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>