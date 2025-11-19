--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/65x65-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:58:27</t>
+    <t>19-Nov-2025 22:37:21</t>
   </si>
   <si>
     <t>Tactile Switch SMD Red 6.5x6.5x2.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7596</t>
   </si>
   <si>
     <t>Tactile Switch SMD Red 6.5x6.5x2.7mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7597</t>
   </si>
   <si>
     <t>Tactile Switch SMD Red 6.5x6.5x3.1mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7598</t>
   </si>
   <si>
     <t>Tactile Switch SMD Red 6.5x6.5x3.4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7599</t>
   </si>