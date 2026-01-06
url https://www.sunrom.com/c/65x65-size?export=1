--- v1 (2025-11-19)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/65x65-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>19-Nov-2025 22:37:21</t>
+    <t>07-Jan-2026 02:57:22</t>
   </si>
   <si>
     <t>Tactile Switch SMD Red 6.5x6.5x2.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7596</t>
   </si>
   <si>
     <t>Tactile Switch SMD Red 6.5x6.5x2.7mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7597</t>
   </si>
   <si>
     <t>Tactile Switch SMD Red 6.5x6.5x3.1mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7598</t>
   </si>
   <si>
     <t>Tactile Switch SMD Red 6.5x6.5x3.4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7599</t>
   </si>