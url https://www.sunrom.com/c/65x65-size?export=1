--- v2 (2026-01-06)
+++ v3 (2026-03-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/65x65-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 02:57:22</t>
+    <t>05-Mar-2026 04:08:35</t>
   </si>
   <si>
     <t>Tactile Switch SMD Red 6.5x6.5x2.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7596</t>
   </si>
   <si>
     <t>Tactile Switch SMD Red 6.5x6.5x2.7mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7597</t>
   </si>
   <si>
     <t>Tactile Switch SMD Red 6.5x6.5x3.1mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7598</t>
   </si>
   <si>
     <t>Tactile Switch SMD Red 6.5x6.5x3.4mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7599</t>
   </si>