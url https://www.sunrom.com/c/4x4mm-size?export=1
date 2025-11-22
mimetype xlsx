--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/4x4mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:57:30</t>
+    <t>22-Nov-2025 15:37:02</t>
   </si>
   <si>
     <t>SMD Tactile Switch 4x4x5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7817</t>
   </si>
   <si>
     <t>SMD Tactile Switch 4x4x6mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7823</t>
   </si>
   <si>
     <t>SMD Tactile Switch 4x4x1.7mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7556</t>
   </si>
   <si>
     <t>SMD Tactile Switch 4x4x2mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7557</t>
   </si>