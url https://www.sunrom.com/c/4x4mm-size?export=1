--- v1 (2025-11-22)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/4x4mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 15:37:02</t>
+    <t>08-Jan-2026 04:11:34</t>
   </si>
   <si>
     <t>SMD Tactile Switch 4x4x5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7817</t>
   </si>
   <si>
     <t>SMD Tactile Switch 4x4x6mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7823</t>
   </si>
   <si>
     <t>SMD Tactile Switch 4x4x1.7mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7556</t>
   </si>
   <si>
     <t>SMD Tactile Switch 4x4x2mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7557</t>
   </si>