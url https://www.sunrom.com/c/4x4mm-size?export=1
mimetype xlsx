--- v2 (2026-01-07)
+++ v3 (2026-03-15)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/4x4mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 04:11:34</t>
+    <t>16-Mar-2026 00:50:08</t>
   </si>
   <si>
     <t>SMD Tactile Switch 4x4x5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7817</t>
   </si>
   <si>
     <t>SMD Tactile Switch 4x4x6mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7823</t>
   </si>
   <si>
     <t>SMD Tactile Switch 4x4x1.7mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7556</t>
   </si>
   <si>
     <t>SMD Tactile Switch 4x4x2mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7557</t>
   </si>