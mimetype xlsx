--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/45x45mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:49:26</t>
+    <t>20-Dec-2025 14:19:00</t>
   </si>
   <si>
     <t>Tactile Switch TH RA 4.5x4.5x3.8mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7601</t>
   </si>
   <si>
     <t>Tactile Switch TH RA 4.5x4.5x4.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7602</t>
   </si>
   <si>
     <t>Tactile Switch TH RA 4.5x4.5x5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7603</t>
   </si>
   <si>
     <t>Tactile Switch TH RA 4.5x4.5x6mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7604</t>
   </si>