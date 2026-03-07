--- v1 (2025-12-20)
+++ v2 (2026-03-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/45x45mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>20-Dec-2025 14:19:00</t>
+    <t>07-Mar-2026 11:03:41</t>
   </si>
   <si>
     <t>Tactile Switch TH RA 4.5x4.5x3.8mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7601</t>
   </si>
   <si>
     <t>Tactile Switch TH RA 4.5x4.5x4.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7602</t>
   </si>
   <si>
     <t>Tactile Switch TH RA 4.5x4.5x5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7603</t>
   </si>
   <si>
     <t>Tactile Switch TH RA 4.5x4.5x6mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7604</t>
   </si>