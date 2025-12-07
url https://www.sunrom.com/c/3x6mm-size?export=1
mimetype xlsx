--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/3x6mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>23-Oct-2025 14:21:45</t>
+    <t>07-Dec-2025 19:28:22</t>
   </si>
   <si>
     <t>Tactile Switch TH 3x6x5mm White</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7553</t>
   </si>
   <si>
     <t>Tactile Switch TH 3x6x4.3mm White</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7552</t>
   </si>
   <si>
     <t>Tactile Switch SMD 3x6x5mm White</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7551</t>
   </si>
   <si>
     <t>Tactile Switch TH 2P Side 3x6x4.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7554</t>
   </si>