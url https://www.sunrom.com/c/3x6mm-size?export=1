--- v1 (2025-12-07)
+++ v2 (2026-01-28)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/3x6mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Dec-2025 19:28:22</t>
+    <t>28-Jan-2026 06:14:46</t>
   </si>
   <si>
     <t>Tactile Switch TH 3x6x5mm White</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7553</t>
   </si>
   <si>
     <t>Tactile Switch TH 3x6x4.3mm White</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7552</t>
   </si>
   <si>
     <t>Tactile Switch SMD 3x6x5mm White</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7551</t>
   </si>
   <si>
     <t>Tactile Switch TH 2P Side 3x6x4.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7554</t>
   </si>