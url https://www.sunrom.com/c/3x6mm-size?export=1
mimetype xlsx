--- v2 (2026-01-28)
+++ v3 (2026-03-20)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/3x6mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Jan-2026 06:14:46</t>
+    <t>20-Mar-2026 15:30:57</t>
   </si>
   <si>
     <t>Tactile Switch TH 3x6x5mm White</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7553</t>
   </si>
   <si>
     <t>Tactile Switch TH 3x6x4.3mm White</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7552</t>
   </si>
   <si>
     <t>Tactile Switch SMD 3x6x5mm White</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7551</t>
   </si>
   <si>
     <t>Tactile Switch TH 2P Side 3x6x4.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7554</t>
   </si>