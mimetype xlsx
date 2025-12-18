--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/3d-printing-filaments</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>03-Nov-2025 09:05:11</t>
+    <t>18-Dec-2025 13:51:28</t>
   </si>
   <si>
     <t>PLA Tennis Green 1.75mm Filament Weight 800g 3D Printing Filament</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7238</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -474,51 +474,51 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>7238</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>450.0</v>
+        <v>399.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>