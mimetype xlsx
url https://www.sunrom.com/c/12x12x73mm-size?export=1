--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/12x12x73mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 14:56:23</t>
+    <t>18-Dec-2025 11:52:05</t>
   </si>
   <si>
     <t>Tactile Switch 12x12x7.3mm Square Head Red 3.8 SMD with guide post</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7685</t>
   </si>
   <si>
     <t>Tactile Switch 12x12x7.3mm Square Head 3.8 RA Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7688</t>
   </si>
   <si>
     <t>Tactile Switch 12x12x7.3mm Square Head 3.8 Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7689</t>
   </si>
   <si>
     <t>Tactile Switch 12x12x7.3mm Square Head Red 3.8 Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7686</t>
   </si>