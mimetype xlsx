--- v1 (2025-12-18)
+++ v2 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/12x12x73mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>18-Dec-2025 11:52:05</t>
+    <t>19-Mar-2026 17:16:28</t>
   </si>
   <si>
     <t>Tactile Switch 12x12x7.3mm Square Head Red 3.8 SMD with guide post</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7685</t>
   </si>
   <si>
     <t>Tactile Switch 12x12x7.3mm Square Head 3.8 RA Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7688</t>
   </si>
   <si>
     <t>Tactile Switch 12x12x7.3mm Square Head 3.8 Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7689</t>
   </si>
   <si>
     <t>Tactile Switch 12x12x7.3mm Square Head Red 3.8 Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7686</t>
   </si>