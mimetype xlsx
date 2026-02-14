--- v0 (2025-12-16)
+++ v1 (2026-02-14)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/12x12mm-size</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>16-Dec-2025 14:19:45</t>
+    <t>14-Feb-2026 20:15:38</t>
   </si>
   <si>
     <t>Switch 12x12x6mm Waterproof IP66 Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7536</t>
   </si>
   <si>
     <t>Switch 12x12x7mm Waterproof IP66 Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7537</t>
   </si>
   <si>
     <t>Switch 12x12x8mm Waterproof IP66 Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7538</t>
   </si>
   <si>
     <t>Switch 12x12x8.5mm Waterproof IP66 Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7539</t>
   </si>